--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -9,1549 +9,1573 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="598" uniqueCount="598">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="616" uniqueCount="616">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Activité principale</t>
   </si>
   <si>
     <t>Activités secondaires</t>
   </si>
   <si>
     <t>Pole d'activité Grand Bureau</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Siteweb</t>
   </si>
   <si>
     <t>21H10 MUSIC</t>
   </si>
   <si>
-    <t>Producteur phonographique</t>
-[...2 lines deleted...]
-    <t>Producteur phonographique / Accompagnement d'artistes pro et/ou amateurs / Label</t>
+    <t>Labels et distributeurs phonographiques, éditeurs de musique</t>
+  </si>
+  <si>
+    <t>Production phonographique / Production de spectacle et/ou booking</t>
+  </si>
+  <si>
+    <t>Musiques Enregistrées</t>
+  </si>
+  <si>
+    <t>38 - Isère</t>
+  </si>
+  <si>
+    <t>9G Place Saint-Bruno  38000 Grenoble</t>
+  </si>
+  <si>
+    <t>https://www.instagram.com/21h10_music/</t>
+  </si>
+  <si>
+    <t>Production phonographique / Edition musicale</t>
+  </si>
+  <si>
+    <t>69 - Rhône</t>
+  </si>
+  <si>
+    <t>31 rue Pasteur  69240 Thizy-les-Bourgs</t>
+  </si>
+  <si>
+    <t>24 HEURES DE L'INSA</t>
+  </si>
+  <si>
+    <t>Festivals</t>
+  </si>
+  <si>
+    <t>Organisation de festivals et/ou événements</t>
+  </si>
+  <si>
+    <t>20 Avenue Albert Einstein Rez-de-Chaussée du Bâtiment D 69621 Villeurbanne</t>
+  </si>
+  <si>
+    <t>https://www.24heures.org/</t>
+  </si>
+  <si>
+    <t>432 Hertz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Producteurs de spectacles, tourneurs, collectifs et compagnies artistiques </t>
+  </si>
+  <si>
+    <t>Production de spectacle et/ou booking</t>
   </si>
   <si>
     <t xml:space="preserve">Production artistique </t>
   </si>
   <si>
-    <t>38 - Isère</t>
-[...40 lines deleted...]
-  <si>
     <t>12 Rue Guyot  69300 Caluire-et-Cuire</t>
   </si>
   <si>
     <t>https://432hz.odoo.com/accueil</t>
   </si>
   <si>
     <t>À THOU BOUT D'CHANT</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion</t>
+    <t>Lieux de diffusion, d’accompagnement et de création</t>
   </si>
   <si>
     <t>Lieux de diffusion et organisateurs</t>
   </si>
   <si>
     <t>2, Rue de Thou  69001 Lyon</t>
   </si>
   <si>
     <t>https://www.athouboutdchant.com</t>
   </si>
   <si>
     <t>ADECRA</t>
   </si>
   <si>
-    <t>Studios / locaux d'enregistrement</t>
+    <t>Répétition (studios) / Enregistrement, mixage, mastering (studios) / Production phonographique / Edition musicale</t>
   </si>
   <si>
     <t>51 Chemin du Danguin  69170 Tarare</t>
   </si>
   <si>
     <t>https://www.adecra.fr</t>
   </si>
   <si>
     <t>AMPLY - Promotion des artistes et de la culture musicale locale au sein des médiathèques</t>
   </si>
   <si>
-    <t>Action et médiation culturelle</t>
+    <t>Organisateurs de concerts/événements, promoteurs locaux</t>
+  </si>
+  <si>
+    <t>Action culturelle et médiation / Organisation de festivals et/ou événements</t>
   </si>
   <si>
     <t>64 RUE JACQUARD  69004 Lyon</t>
   </si>
   <si>
     <t>http://www.amply.fr/</t>
   </si>
   <si>
     <t>AMSTAR PROD</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Producteur phonographique / Mixage / mastering</t>
+    <t>Production de spectacle et/ou booking / Production phonographique / Enregistrement, mixage, mastering (studios)</t>
   </si>
   <si>
     <t>31, Rue Boiron  69440  Mornant</t>
   </si>
   <si>
     <t>https://www.deshistoiresenmusique.com</t>
   </si>
   <si>
     <t>ANY RECORDS</t>
   </si>
   <si>
-    <t>Organisateur sans lieu : Producteur / diffuseur / promoteur local</t>
-[...2 lines deleted...]
-    <t>Organisateur sans lieu : Producteur / diffuseur / promoteur local / Producteur phonographique</t>
+    <t>Organisation de festivals et/ou événements / Organisation de concerts / Production phonographique</t>
   </si>
   <si>
     <t>17 Avenue Moulins Les metz  69630 Chaponost</t>
   </si>
   <si>
     <t>APEJS</t>
   </si>
   <si>
-    <t>Formation / enseignement (formations longues, parcours de formation)</t>
+    <t>Structures de conseil, de formation, d’enseignement et d’accompagnement artistique</t>
   </si>
   <si>
     <t>Structures de formation et conseils</t>
   </si>
   <si>
     <t>73 - Savoie</t>
   </si>
   <si>
     <t>Cité des Arts Jardin du Verney  73000 Chambéry</t>
   </si>
   <si>
     <t>https://www.apejs.org</t>
   </si>
   <si>
-    <t>ARTS VIVANTS ET CRÉATIONS (AVEC)</t>
-[...2 lines deleted...]
-    <t>Accompagnement d'artistes pro et/ou amateurs / Management / Label</t>
+    <t>AVEC (Arts Vivants et Créations)</t>
   </si>
   <si>
     <t>42 - Loire</t>
   </si>
   <si>
     <t>392 Chemin du Moulin  42540 Sainte-Colombe-sur-Gand</t>
   </si>
   <si>
     <t>https://www.avecavec.fr</t>
   </si>
   <si>
     <t>ASKOM PRODUCTIONS</t>
   </si>
   <si>
-    <t>Collectif / compagnie d'artistes / Action et médiation culturelle</t>
+    <t>Production de spectacle et/ou booking / Action culturelle et médiation</t>
   </si>
   <si>
     <t>68 chemin de Retour  38330  Saint-Nazaire-les-Eymes</t>
   </si>
   <si>
     <t>ASSAUT SISMIQUE</t>
   </si>
   <si>
+    <t>Organisation de concerts / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>15 - Cantal</t>
   </si>
   <si>
     <t>8bis Rue Georges Clémenceau  15000 Aurillac</t>
   </si>
   <si>
     <t>https://www.assautsismique.fr/</t>
   </si>
   <si>
     <t>ATEA PRODUCTION</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Management</t>
+    <t>Production de spectacle et/ou booking / Management d’artiste</t>
   </si>
   <si>
     <t>115 rue des Alliés  38100 Grenoble</t>
   </si>
   <si>
     <t>http://ateaprod.com</t>
   </si>
   <si>
     <t>ATOUT MONDE</t>
   </si>
   <si>
     <t xml:space="preserve">   Saint-Chamond</t>
   </si>
   <si>
     <t>AU DESSUS DU PRESSOIR</t>
   </si>
   <si>
-    <t>Accompagnement d'artistes pro et/ou amateurs</t>
-[...1 lines deleted...]
-  <si>
     <t>01 - Ain</t>
   </si>
   <si>
     <t>Mairie de Pouillat, 36 de la Mairie  01250 Pouillat</t>
   </si>
   <si>
     <t>https://studiolabyrinthe.fr/</t>
   </si>
   <si>
     <t>AZELAR, Pôle Art et Culture de Graines de SOL</t>
   </si>
   <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Activité de service (logiciels, solutions de billetterie, paye…)</t>
+  </si>
+  <si>
     <t>122bis boulevard Emile Zola  69600 Oullins-Pierre-Bénite</t>
   </si>
   <si>
     <t>https://www.azelar.coop/</t>
   </si>
   <si>
     <t>BAAM PRODUCTIONS</t>
   </si>
   <si>
     <t>67 bis rue de Marseille  69007 Lyon</t>
   </si>
   <si>
     <t>http://www.baam.productions</t>
   </si>
   <si>
     <t>BELKA</t>
   </si>
   <si>
     <t>28 rue DENFERT-ROCHEREAU  Maison des Associations - Robert Luc BL n35 69004 Lyon</t>
   </si>
   <si>
     <t>https://www.productionbelka.com</t>
   </si>
   <si>
     <t>BIG PUBLISHING</t>
   </si>
   <si>
+    <t>Edition musicale / Production phonographique</t>
+  </si>
+  <si>
     <t xml:space="preserve">   Lyon</t>
   </si>
   <si>
     <t>BIZARRE !</t>
   </si>
   <si>
     <t>8, Boulevard Laurent Gerin  69200 Vénissieux</t>
   </si>
   <si>
     <t>https://www.bizarre-venissieux.fr</t>
   </si>
   <si>
     <t>BIZZ'ART NOMADE</t>
   </si>
   <si>
     <t>26 - Drôme</t>
   </si>
   <si>
     <t xml:space="preserve">2 rue des Ecoles   26220 Dieulefit </t>
   </si>
   <si>
     <t>https://www.bizzartnomade.net/</t>
   </si>
   <si>
     <t>BLUE VEINS PRODUCTION</t>
   </si>
   <si>
+    <t>Organisation de concerts / Organisation de festivals et/ou événements</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 11 rue Alphonse Terray   38000 Grenoble</t>
   </si>
   <si>
     <t>https://www.blueveinsprod.fr/</t>
   </si>
   <si>
     <t>BOREALE</t>
   </si>
   <si>
+    <t>Organisation de concerts / Production phonographique</t>
+  </si>
+  <si>
     <t>61 Quai Saint-Vincent  69001 Lyon</t>
   </si>
   <si>
     <t>https://borealemusic.com</t>
   </si>
   <si>
     <t>BRIN DE ZINC</t>
   </si>
   <si>
+    <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs</t>
+  </si>
+  <si>
     <t>3 Route de la Peysse   73000  Barberaz</t>
   </si>
   <si>
     <t>BRUÈRE Thomas</t>
   </si>
   <si>
-    <t>Artiste/ musicien.ne</t>
-[...2 lines deleted...]
-    <t>Autre</t>
+    <t>Artistes</t>
   </si>
   <si>
     <t>4bis rue Fournet  69006 Lyon</t>
   </si>
   <si>
     <t>https://linktr.ee/libidolbd</t>
   </si>
   <si>
     <t>C'EST PAS DES MANIÈRES</t>
   </si>
   <si>
     <t>34, Avenue Roger Salengro  69100 Villeurbanne</t>
   </si>
   <si>
     <t>https://www.cestpasdesmanieres.org</t>
   </si>
   <si>
     <t>CEFEDEM AUVERGNE RHÔNE-ALPES</t>
   </si>
   <si>
-    <t>Formation / enseignement (formations longues, parcours de formation) / Info, ressources, conseil / Accompagnement d'artistes pro et/ou amateurs</t>
+    <t>Enseignement musical / Formation professionnelle  / Information-conseil / Accompagnement d’artistes professionnels et/ou amateurs</t>
   </si>
   <si>
     <t xml:space="preserve">14, Rue Palais Grillet BP 2024 69226 Lyon </t>
   </si>
   <si>
     <t>http://www.cefedem-aura.org/</t>
   </si>
   <si>
     <t>CHÂTEAU DU ROZIER</t>
   </si>
   <si>
+    <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>1 rue d'Assier  42110 Feurs</t>
   </si>
   <si>
     <t>https://www.chateaudurozier.fr</t>
   </si>
   <si>
     <t>CHÂTEAU ROUGE</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Organisateur de festival / Exploitant lieu de création</t>
-[...1 lines deleted...]
-  <si>
     <t>74 - Haute-Savoie</t>
   </si>
   <si>
     <t>1 Route de Bonneville CS 20293 74112 Annemasse</t>
   </si>
   <si>
     <t>https://www.chateau-rouge.net</t>
   </si>
   <si>
     <t>CHÂTEAU SONIC</t>
   </si>
   <si>
-    <t>Organisateur de festival / Organisateur sans lieu : Producteur / diffuseur / promoteur local</t>
+    <t>Organisation de festivals et/ou événements / Organisation de concerts</t>
   </si>
   <si>
     <t>21 Route de Thonon les Bains Mairie de Brenthonne, 21 route de Thonon-les-bains 74890 Brenthonne</t>
   </si>
   <si>
     <t>https://chateausonic.com</t>
   </si>
   <si>
     <t>COIN COIN PRODUCTIONS / Antiquarks - Label du Coin  - Formassimo</t>
   </si>
   <si>
-    <t>Collectif / compagnie d'artistes</t>
-[...1 lines deleted...]
-  <si>
     <t>8, Rue du Gazomètre  69003 Lyon</t>
   </si>
   <si>
     <t>https://www.coincoinprod.org</t>
   </si>
   <si>
     <t>COLLECTIF LES CANUT·ES</t>
   </si>
   <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Formation professionnelle  / Action culturelle et médiation / Information-conseil</t>
+  </si>
+  <si>
     <t>5 place Saint Jean  69005 Lyon</t>
   </si>
   <si>
     <t>https://linktr.ee/lescanutes</t>
   </si>
   <si>
     <t>COLLECTIF PINCE-OREILLES</t>
   </si>
   <si>
-    <t>Collectif / compagnie d'artistes / Producteur phonographique / Organisateur sans lieu : Producteur / diffuseur / promoteur local</t>
+    <t>Production de spectacle et/ou booking / Production phonographique / Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs</t>
   </si>
   <si>
     <t>13 rue Delandine  69002 Lyon</t>
   </si>
   <si>
     <t>https://collectifpinceoreilles.com/</t>
   </si>
   <si>
     <t>COMPAGNIE 4000</t>
   </si>
   <si>
-    <t>Producteur phonographique / Employeur du plateau artistique : Tourneur / producteur de spectacle / Label</t>
+    <t>Production de spectacle et/ou booking / Production phonographique</t>
   </si>
   <si>
     <t>11 rue Dugas Montbel  69002 Lyon</t>
   </si>
   <si>
     <t>https://www.compagnie4000.com</t>
   </si>
   <si>
     <t>CONSERVATOIRE ROANNAIS AGGLOMÉRATION</t>
   </si>
   <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Enseignement musical</t>
+  </si>
+  <si>
     <t>63 rue Jean Jaures BP 70005 42311 Roanne</t>
   </si>
   <si>
     <t>https://www.aggloroanne.fr</t>
   </si>
   <si>
     <t>CORDENOD Emma</t>
   </si>
   <si>
-    <t>Artistes</t>
-[...1 lines deleted...]
-  <si>
     <t>52c boulevard Daguerre  42100  Saint-Étienne</t>
   </si>
   <si>
     <t>https://linktr.ee/111_centonze</t>
   </si>
   <si>
     <t>CRAZYCATS PRODUCTION</t>
   </si>
   <si>
+    <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>300 ROUTE DE CORSEL  69640 Cogny</t>
   </si>
   <si>
     <t>https://www.crazycatsproduction.com</t>
   </si>
   <si>
     <t>CULTURE SERVICES</t>
   </si>
   <si>
-    <t>Organisateur de festival / Organisateur sans lieu : Producteur / diffuseur / promoteur local / Accompagnement d'artistes pro et/ou amateurs / Autre</t>
+    <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs</t>
   </si>
   <si>
     <t>9 rue des anciens combattants d'Afrique du Nord  69650 Quincieux</t>
   </si>
   <si>
     <t>https://www.cultureservices.fr/</t>
   </si>
   <si>
     <t>DANAYA</t>
   </si>
   <si>
     <t>11 rue DUGAS MONTBEL  69002 Lyon</t>
   </si>
   <si>
     <t>DIAQUES Marion</t>
   </si>
   <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs</t>
+  </si>
+  <si>
     <t>177 chemin du Fanget   42660 Saint-Genest-Malifaux</t>
   </si>
   <si>
     <t>https://mariondiaques.com</t>
   </si>
   <si>
     <t>DUMAS Megane</t>
   </si>
   <si>
     <t>88 rue Commandant Charcot  69005 Lyon</t>
   </si>
   <si>
     <t>https://meganedumas.com</t>
   </si>
   <si>
     <t>DUPUY Lydie</t>
   </si>
   <si>
     <t>43 - Haute-Loire</t>
   </si>
   <si>
     <t>448 rue de la Bassevialle  43200 Saint Maurice de Lignon</t>
   </si>
   <si>
     <t>https://www.lydiedupuy.fr</t>
   </si>
   <si>
+    <t>DUR ET DOUX</t>
+  </si>
+  <si>
+    <t>https://www.duretdoux.com</t>
+  </si>
+  <si>
     <t>ENGLISH ROSE</t>
   </si>
   <si>
-    <t>Formation (modules courts)</t>
-[...1 lines deleted...]
-  <si>
     <t>2 rue Berthelot  69270 Fontaines-sur-Saône</t>
   </si>
   <si>
     <t>https://english-rose.fr</t>
   </si>
   <si>
     <t>ERVA FESTIVAL</t>
   </si>
   <si>
+    <t>Organisation de festivals et/ou événements / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>10 Place Camille Gervais  26140 Anneyron</t>
   </si>
   <si>
     <t>https://www.ervafestival.com</t>
   </si>
   <si>
     <t>EUROPAVOX</t>
   </si>
   <si>
-    <t>Organisateur de festival / Média/Web</t>
+    <t>Organisation de festivals et/ou événements / Organisation de concerts / Action culturelle et médiation</t>
   </si>
   <si>
     <t>63 - Puy-de-Dôme</t>
   </si>
   <si>
     <t>15-17, Rue du Pré la Reine  63100 Clermont-Ferrand</t>
   </si>
   <si>
     <t>https://europavox.com</t>
   </si>
   <si>
     <t>FDMA-Fédération des Développeurs et Managers d'Artistes</t>
   </si>
   <si>
+    <t>Réseaux, fédérations et organismes professionnels</t>
+  </si>
+  <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Réseaux, fédérations, organismes professionnels / Information-conseil</t>
+  </si>
+  <si>
     <t>34 chemin de la Colle  38260 La Côte-Saint-André</t>
   </si>
   <si>
     <t>https://www.facebook.com/fdmaofficiel</t>
   </si>
   <si>
     <t>FESTIVAL HIBERNAROCK</t>
   </si>
   <si>
+    <t>Organisation de festivals et/ou événements / Information-conseil / Organisation de concerts / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>12 Rue Marie Maurel  15000 Aurillac</t>
   </si>
   <si>
     <t>http://www.hibernarock.fr/</t>
   </si>
   <si>
     <t>FLOWER COAST</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Editeur phonographique / Management</t>
-[...1 lines deleted...]
-  <si>
     <t>Place du Premier Mai La Pépinière de Mai 63100 Clermont-Ferrand</t>
   </si>
   <si>
     <t>http://www.flowercoast.fr</t>
   </si>
   <si>
     <t>GHANEM Mehdi</t>
   </si>
   <si>
     <t>81 Rue Villeroy  69003  Lyon</t>
   </si>
   <si>
     <t>GONEPROD</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle</t>
+    <t>Production de spectacle et/ou booking / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation</t>
   </si>
   <si>
     <t>La Machine, 7 rue Justin Godard  69004 Lyon</t>
   </si>
   <si>
     <t>http://www.goneprod.net/</t>
   </si>
   <si>
     <t>GRAINES ÉLECTRONIQUES</t>
   </si>
   <si>
-    <t>Organisateur de festival / Action et médiation culturelle / Formation / enseignement (formations longues, parcours de formation)</t>
-[...1 lines deleted...]
-  <si>
     <t>60 Rue des Aqueducs chez Reynolds 69005 Lyon</t>
   </si>
   <si>
     <t>https://graineselectroniques.com</t>
   </si>
   <si>
     <t>GREEN PISTE RECORDS</t>
   </si>
   <si>
-    <t>Producteur phonographique / Employeur du plateau artistique : Tourneur / producteur de spectacle / Éditeur musical</t>
-[...1 lines deleted...]
-  <si>
     <t>1, Rue de la Chèvrerie   43230  Paulhaguet</t>
   </si>
   <si>
     <t>http://greenpiste-records.com</t>
   </si>
   <si>
     <t>HADRA</t>
   </si>
   <si>
+    <t xml:space="preserve">Organisation de festivals et/ou événements / Organisation de concerts / Action culturelle et médiation / Production phonographique / Formation professionnelle </t>
+  </si>
+  <si>
     <t>71 rue Nicolas Chorier  38000 Grenoble</t>
   </si>
   <si>
     <t>https://www.hadra.net</t>
   </si>
   <si>
-    <t>HEAVENLY SWEETNESS</t>
-[...4 lines deleted...]
-  <si>
     <t>HELICE</t>
   </si>
   <si>
-    <t>Editeur musical</t>
-[...2 lines deleted...]
-    <t>Éditeur musical</t>
+    <t>Edition musicale</t>
   </si>
   <si>
     <t>40, Rue des Macchabées  69005 Lyon</t>
   </si>
   <si>
     <t>HILAIRE Véronique</t>
   </si>
   <si>
-    <t>Média / Radio</t>
+    <t xml:space="preserve">Médias spécialisés </t>
+  </si>
+  <si>
+    <t>Médias spécialisés radiophoniques, web, presse écrite…</t>
   </si>
   <si>
     <t>Médias et structures soutien ou support</t>
   </si>
   <si>
     <t xml:space="preserve">  69000 Lyon</t>
   </si>
   <si>
     <t>https://www.radiofrance.fr/</t>
   </si>
   <si>
     <t>HORIZON MUSIQUES</t>
   </si>
   <si>
+    <t>Production de spectacle et/ou booking / Organisation de concerts / Production phonographique / Edition musicale</t>
+  </si>
+  <si>
     <t>6 rue Béchevelin  69007 Lyon</t>
   </si>
   <si>
     <t>https://horizon-musiques.fr/</t>
   </si>
   <si>
     <t>HOT CLUB DE LYON</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Accompagnement d'artistes pro et/ou amateurs</t>
-[...1 lines deleted...]
-  <si>
     <t>26 rue Lanterne  69001 Lyon</t>
   </si>
   <si>
     <t>https://www.hotclubjazzlyon.com/</t>
   </si>
   <si>
     <t>IDYLE</t>
   </si>
   <si>
     <t>17 allée des Reines Claude  43120 Monistrol-sur-Loire</t>
   </si>
   <si>
     <t>https://www.idylecie.com</t>
   </si>
   <si>
     <t>INOUIE DISTRIBUTION</t>
   </si>
   <si>
-    <t>Distributeur</t>
+    <t>Distribution phonographique</t>
   </si>
   <si>
     <t>39 avenue de rochetaillée  42100 Saint-Étienne</t>
   </si>
   <si>
     <t>https://www.inouiedistribution.org</t>
   </si>
   <si>
     <t>JARRING EFFECTS</t>
   </si>
   <si>
-    <t>Editeur phonographique</t>
+    <t>Organisation de festivals et/ou événements / Production phonographique / Edition musicale / Organisation de concerts</t>
   </si>
   <si>
     <t>13, Rue René Leynaud  69001 Lyon</t>
   </si>
   <si>
     <t>http://jarringeffects.net</t>
   </si>
   <si>
     <t>JASPIR</t>
   </si>
   <si>
     <t>178, Impasse du Pré de la Barre La Fabrique   38440 Saint-Jean-de-Bournay</t>
   </si>
   <si>
     <t>https://www.jaspir.com</t>
   </si>
   <si>
     <t>JAZZ A VIENNE</t>
   </si>
   <si>
+    <t>Organisation de festivals et/ou événements / Action culturelle et médiation / Accueil de résidences artistiques / Organisation de concerts</t>
+  </si>
+  <si>
     <t>21 RUE DES CELESTES    38200 Vienne</t>
   </si>
   <si>
     <t>https://www.jazzavienne.com</t>
   </si>
   <si>
     <t>JAZZ ACTION VALENCE</t>
   </si>
   <si>
-    <t>Formation / enseignement (formations longues, parcours de formation) / Autre</t>
-[...1 lines deleted...]
-  <si>
     <t>32, Avenue Georges Clemenceau  26000 Valence</t>
   </si>
   <si>
     <t>https://www.jazzactionvalence.com/</t>
   </si>
   <si>
     <t>KASANOSTRA</t>
   </si>
   <si>
     <t>6 QUAI ANDRE LASSAGNE  69001 Lyon</t>
   </si>
   <si>
     <t>https://www.facebook.com/Kasanostra-100273368383015</t>
   </si>
   <si>
     <t>KELLER Gabriel</t>
   </si>
   <si>
-    <t>Autre / Management</t>
-[...1 lines deleted...]
-  <si>
     <t>3 Rue Louis Ducroizé   69100 Villeurbanne</t>
   </si>
   <si>
     <t>https://gabrielkeller.fr/</t>
   </si>
   <si>
     <t>KING TAO</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Collectif / compagnie d'artistes / Producteur phonographique</t>
+    <t>Production de spectacle et/ou booking / Accompagnement d’artistes professionnels et/ou amateurs</t>
   </si>
   <si>
     <t>120, Avenue Jean Jaurès  26160 La Bégude-de-Mazenc</t>
   </si>
   <si>
     <t>https://www.kingtao.org</t>
   </si>
   <si>
     <t>KRASPEK MYZIK</t>
   </si>
   <si>
+    <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Information-conseil</t>
+  </si>
+  <si>
     <t>20 montée Saint Sébastien  69001 Lyon</t>
   </si>
   <si>
     <t>https://kraspekmyzik.com</t>
   </si>
   <si>
     <t>L'AMPÉRAGE</t>
   </si>
   <si>
+    <t>Organisation de concerts / Organisation de festivals et/ou événements / Accueil de résidences artistiques / Action culturelle et médiation / Information-conseil</t>
+  </si>
+  <si>
     <t>163 Cr Berriat, 38000 Grenoble  38000 Grenoble</t>
   </si>
   <si>
     <t>http://amperage.fr/</t>
   </si>
   <si>
     <t>L'ARPISTERIE</t>
   </si>
   <si>
-    <t>Action et médiation culturelle / Accompagnement d'artistes pro et/ou amateurs</t>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Production de spectacle et/ou booking / Action culturelle et médiation</t>
   </si>
   <si>
     <t>6 MONTÉE DU CHÂTEAU  38160 Saint-Marcellin</t>
   </si>
   <si>
     <t>https://www.instagram.com/larpisterie/</t>
   </si>
   <si>
     <t>L'ECLECTIQUE MAISON D'ARTISTES</t>
   </si>
   <si>
-    <t>Management / Action et médiation culturelle / Label</t>
+    <t>Production de spectacle et/ou booking / Management d’artiste / Action culturelle et médiation / Production phonographique</t>
   </si>
   <si>
     <t>11 rue René Cassin  42100 Saint-Etienne</t>
   </si>
   <si>
     <t>https://l-ema.fr</t>
   </si>
   <si>
     <t>L'EMPREINTE</t>
   </si>
   <si>
     <t>9 rue de l'épée Za la borie 1 43120 Monistrol-sur-Loire</t>
   </si>
   <si>
     <t>https://www.marchesduvelayrochebaron.fr</t>
   </si>
   <si>
     <t>L'ÉPICERIE MODERNE</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Expositions</t>
-[...1 lines deleted...]
-  <si>
     <t>2, Place René Lescot   69320 Feyzin</t>
   </si>
   <si>
     <t>https://www.epiceriemoderne.com</t>
   </si>
   <si>
     <t>L'ORFEVRERIE MUSICALE</t>
   </si>
   <si>
+    <t>Répétition (studios) / Enregistrement, mixage, mastering (studios) / Production phonographique / Production de spectacle et/ou booking</t>
+  </si>
+  <si>
     <t>15 rue du Dauphiné Bâtiment B 69800 Saint Priest</t>
   </si>
   <si>
     <t>https://www.xn--orphe-esa.com/</t>
   </si>
   <si>
     <t xml:space="preserve">LA BELLA RITA </t>
   </si>
   <si>
     <t>Beaumet  38710 Mens</t>
   </si>
   <si>
     <t>http://gruffaz.fr/</t>
   </si>
   <si>
     <t>LA BELLE ELECTRIQUE</t>
   </si>
   <si>
     <t>12, Esplanade Andry Farcy  38000 Grenoble</t>
   </si>
   <si>
     <t>http://www.la-belle-electrique.com/</t>
   </si>
   <si>
     <t>LA BOÎTE EN MÉTAL</t>
   </si>
   <si>
     <t>Jean Claude Cognard 23 Rue Neuve Moutier  26400 Crest</t>
   </si>
   <si>
     <t>LA COOPÉRATIVE DE MAI</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle</t>
+    <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation / Accueil de résidences artistiques</t>
   </si>
   <si>
     <t>Rue Serge Gainsbourg  63100 Clermont-Ferrand</t>
   </si>
   <si>
     <t>https://www.lacoope.org</t>
   </si>
   <si>
     <t>LA CORDO</t>
   </si>
   <si>
     <t>Cité de la Musique - 3 quai Sainte Claire  26100 Romans-sur-Isère</t>
   </si>
   <si>
     <t>https://www.lacordo.com</t>
   </si>
   <si>
     <t>LA CURIEUSE</t>
   </si>
   <si>
     <t>15 Rue des écoles  26120 Chabeuil</t>
   </si>
   <si>
     <t>https://www.la-curieuse.com</t>
   </si>
   <si>
     <t>LA FOULE EN DÉLIRE</t>
   </si>
   <si>
     <t>29 montée bonafous c/o Cumulus 69004  Lyon</t>
   </si>
   <si>
     <t>https://lafouleendelire.fr</t>
   </si>
   <si>
     <t>LA GRANGE À SONS</t>
   </si>
   <si>
-    <t>Producteur phonographique / Editeur phonographique / Distributeur / Éditeur musical / Organisateur sans lieu : Producteur / diffuseur / promoteur local</t>
+    <t>Production phonographique / Edition musicale / Organisation de concerts / Distribution phonographique</t>
   </si>
   <si>
     <t>218, Route de Jaloussieux  69530 Orliénas</t>
   </si>
   <si>
     <t>https://www.lagrangeasons.com</t>
   </si>
   <si>
     <t>LA LOCOMYSIC</t>
   </si>
   <si>
-    <t>Organisateur de festival / Exploitant lieu de diffusion / Exploitant lieu de création / Accompagnement d'artistes pro et/ou amateurs</t>
-[...1 lines deleted...]
-  <si>
     <t>4, Rue Joseph Martin  38200 Vienne</t>
   </si>
   <si>
     <t>http://locomysic.com/</t>
   </si>
   <si>
     <t>LA POURSUITE</t>
   </si>
   <si>
+    <t>Organisation de concerts / Production de spectacle et/ou booking / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>21 rue Saint Victorien  69003 Lyon</t>
   </si>
   <si>
     <t>https://lapoursuite.fr/</t>
   </si>
   <si>
     <t>LA PUCE À L'OREILLE</t>
   </si>
   <si>
     <t>16, Rue du Général Chapsal  63200 Riom</t>
   </si>
   <si>
     <t>https://www.lapucealoreille63.fr</t>
   </si>
   <si>
     <t>LA RAYONNE</t>
   </si>
   <si>
+    <t>Organisation de concerts</t>
+  </si>
+  <si>
     <t>5 rue Henri Legay -   69100 Villeurbanne</t>
   </si>
   <si>
     <t>https://larayonne.org/</t>
   </si>
   <si>
     <t>LA REINE MAB</t>
   </si>
   <si>
     <t>03 - Allier</t>
   </si>
   <si>
     <t>Les Mouillères chez Samuel MONCE 03350 Louroux-Bourbonnais</t>
   </si>
   <si>
     <t>https://WWW.LAREINEMAB.ORG</t>
   </si>
   <si>
     <t>LA SOURCE</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Studios / locaux de répétition / Action et médiation culturelle / Accompagnement d'artistes pro et/ou amateurs / Autre</t>
-[...1 lines deleted...]
-  <si>
     <t>38 avenue Lénine  38600 Fontaine</t>
   </si>
   <si>
     <t>https://lasource-fontaine.fr</t>
   </si>
   <si>
     <t>LA TANNERIE</t>
   </si>
   <si>
     <t>123 Place de la vinaigrerie   01000 Bourg-en-Bresse</t>
   </si>
   <si>
     <t>https://www.la-tannerie.com</t>
   </si>
   <si>
     <t>LAB ALTÉRÉ</t>
   </si>
   <si>
+    <t>Organisation de concerts / Production de spectacle et/ou booking</t>
+  </si>
+  <si>
     <t>395 rue de la fontaine chargonnet  01630 Péron</t>
   </si>
   <si>
     <t>https://linktr.ee/labaltere</t>
   </si>
   <si>
     <t>LABO DU CONSERVATOIRE DE LYON</t>
   </si>
   <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Enseignement musical / Information-conseil / Répétition (studios)</t>
+  </si>
+  <si>
     <t>4, montée Cardinal Decourtray   69005 Lyon</t>
   </si>
   <si>
     <t>https://www.facebook.com/lelaboduconservatoire/</t>
   </si>
   <si>
     <t>LAMASTROCK</t>
   </si>
   <si>
-    <t>Accompagnement d'artistes pro et/ou amateurs / Éditeur musical / Employeur du plateau artistique : Tourneur / producteur de spectacle / Organisateur de festival</t>
-[...1 lines deleted...]
-  <si>
     <t>07 - Ardèche</t>
   </si>
   <si>
     <t>3, Place de la Rochette  07300 Saint-Jean-de-Muzols</t>
   </si>
   <si>
     <t>https://www.lamastrock.com</t>
   </si>
   <si>
     <t>LE 109</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle</t>
-[...1 lines deleted...]
-  <si>
     <t>109, Rue Ernest Montusès  03100 Montluçon</t>
   </si>
   <si>
     <t>https://www.109montlucon.com</t>
   </si>
   <si>
     <t>LE BRISE GLACE</t>
   </si>
   <si>
     <t>54bis Rue des Marquisats  74000 Annecy</t>
   </si>
   <si>
     <t>https://www.le-brise-glace.com</t>
   </si>
   <si>
     <t>LE CIEL</t>
   </si>
   <si>
     <t>2 rue Général marchand  38000 Grenoble</t>
   </si>
   <si>
     <t>https://www.le-ciel.fr</t>
   </si>
   <si>
     <t>LE COMPTOIR DES ARTS</t>
   </si>
   <si>
     <t>2 rue Gustave Flaubert  38100 Grenoble</t>
   </si>
   <si>
     <t>https://www.lcdaprod.com</t>
   </si>
   <si>
     <t>LE CRI DU CHARBON</t>
   </si>
   <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Production de spectacle et/ou booking / Production phonographique</t>
+  </si>
+  <si>
     <t>23, Rue des Hauts de Terrenoire Bâtiment B 42100 Saint-Étienne</t>
   </si>
   <si>
     <t>https://www.lecriducharbon.fr</t>
   </si>
   <si>
     <t>LE FIL</t>
   </si>
   <si>
     <t>20, Boulevard Thiers  42000 Saint-Étienne</t>
   </si>
   <si>
     <t>https://www.le-fil.com</t>
   </si>
   <si>
     <t>LE FOURNEAU PRODUCTION</t>
   </si>
   <si>
+    <t>Organisation de concerts / Production de spectacle et/ou booking / Production phonographique / Edition musicale</t>
+  </si>
+  <si>
     <t>17 Rue Antoine Lumiere  69008 Lyon</t>
   </si>
   <si>
     <t>https://lefourneauprod.com</t>
   </si>
   <si>
     <t>LE GLÉTEINS</t>
   </si>
   <si>
-    <t>Exploitant lieu de création</t>
-[...1 lines deleted...]
-  <si>
     <t>406 rue Edouard Herriot  01480 Jassans</t>
   </si>
   <si>
     <t>LE GRAND MARAIS</t>
   </si>
   <si>
-    <t>Autre / Exploitant lieu de diffusion / Action et médiation culturelle</t>
-[...1 lines deleted...]
-  <si>
     <t>411,Rue Pasteur  42153 Riorges</t>
   </si>
   <si>
     <t>https://www.riorges.fr</t>
   </si>
   <si>
     <t>LE GRILLE-PAIN</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Organisateur de festival / Producteur phonographique / Action et médiation culturelle</t>
+    <t>Production de spectacle et/ou booking / Organisation de festivals et/ou événements / Action culturelle et médiation / Production phonographique</t>
   </si>
   <si>
     <t>61 Rue Nicolas Chorier, Grenoble, France  38000 Grenoble</t>
   </si>
   <si>
     <t>https://legrillepain.org/</t>
   </si>
   <si>
     <t>LE GRRIZZLI</t>
   </si>
   <si>
+    <t>Production de spectacle et/ou booking / Répétition (studios) / Accompagnement d’artistes professionnels et/ou amateurs / Organisation de concerts</t>
+  </si>
+  <si>
     <t>16 rue Royet  42000 Saint-Etienne</t>
   </si>
   <si>
     <t>LE PAS DE CÔTÉ</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Organisateur de festival / Autre</t>
-[...1 lines deleted...]
-  <si>
     <t>2 IMPASSE PEYRELEVADE  07200 Mercuer</t>
   </si>
   <si>
     <t>https://lepasdecote-mercuer.fr/</t>
   </si>
   <si>
     <t>LE PAX</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Studios / locaux de répétition / Mixage / mastering / Accompagnement d'artistes pro et/ou amateurs</t>
-[...1 lines deleted...]
-  <si>
     <t>27, Rue Élisée Reclus  42000 Saint-Étienne</t>
   </si>
   <si>
     <t>https://www.lepax.fr</t>
   </si>
   <si>
     <t>LE PÉRISCOPE</t>
   </si>
   <si>
     <t>13, Rue Delandine  69002 Lyon</t>
   </si>
   <si>
     <t>http://www.periscope-lyon.com</t>
   </si>
   <si>
     <t>LE SOLAR</t>
   </si>
   <si>
+    <t>Organisation de concerts / Accueil de résidences artistiques / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>22, Rue des armuriers   42100 Saint-Étienne</t>
   </si>
   <si>
     <t>http://www.gagajazz.com</t>
   </si>
   <si>
     <t>LE STARTING BLOCK</t>
   </si>
   <si>
+    <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques</t>
+  </si>
+  <si>
     <t>10 Route de l’église  74500  Bernex</t>
   </si>
   <si>
     <t>https://www.lestartingblock.com/</t>
   </si>
   <si>
     <t>LE TRANSBORDEUR</t>
   </si>
   <si>
     <t>3 Boulevard Stalingrad  69100 Villeurbanne</t>
   </si>
   <si>
     <t>http://www.transbordeur.fr/accueil/</t>
   </si>
   <si>
     <t>LES ENTÊTÉS PRODUCTION</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Producteur phonographique</t>
-[...1 lines deleted...]
-  <si>
     <t>42 Route du Dauphiné  38150 Anjou</t>
   </si>
   <si>
     <t>https://www.lesentetes.com</t>
   </si>
   <si>
     <t>LES NUITS DE LA ROULOTTE FESTIVAL</t>
   </si>
   <si>
-    <t>Organisateur de festival / Exploitant lieu de diffusion</t>
-[...1 lines deleted...]
-  <si>
     <t>67 rue Saint-François de Sales Boite A6 73000  Chambéry</t>
   </si>
   <si>
     <t>https://lesnuitsdelaroulotte.com/</t>
   </si>
   <si>
     <t>LES RIGOLES</t>
   </si>
   <si>
     <t>11b rue des coopérateurs  42000 Saint-Étienne</t>
   </si>
   <si>
     <t>https://www.facebook.com/lesrigolessaintetienne</t>
   </si>
   <si>
     <t>LES VERTÉBRÉES</t>
   </si>
   <si>
+    <t>Production de spectacle et/ou booking / Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs</t>
+  </si>
+  <si>
     <t>114 rue de la Forêt  26000 Valence</t>
   </si>
   <si>
     <t>https://www.lesvertebrees.fr</t>
   </si>
   <si>
     <t>LET IT ROCK !</t>
   </si>
   <si>
-    <t>Organisateur de festival / Accompagnement d'artistes pro et/ou amateurs / Management / Autre</t>
-[...1 lines deleted...]
-  <si>
     <t>La Batisse 87 rue de la picardière  01300 Virignin</t>
   </si>
   <si>
     <t>LETIT' PAIES</t>
   </si>
   <si>
+    <t>Structures de services et soutien à la filière</t>
+  </si>
+  <si>
+    <t>Activité de service (logiciels, solutions de billetterie, paye…)</t>
+  </si>
+  <si>
     <t>500 Route de Lamastre  07410 Arlebosc</t>
   </si>
   <si>
     <t>https://letit-paies.fr/</t>
   </si>
   <si>
     <t>MARCHÉ GARE</t>
   </si>
   <si>
     <t>28, Quai Rambaud c/o MJC Confluence 69002 Lyon</t>
   </si>
   <si>
     <t>http://www.marchegare.fr/</t>
   </si>
   <si>
     <t>MEDIATONE</t>
   </si>
   <si>
     <t>29 Rue des Capucins  69001 Lyon</t>
   </si>
   <si>
     <t>http://mediatone-lyon.net/</t>
   </si>
   <si>
     <t>MELBA</t>
   </si>
   <si>
     <t>43 rue Voltaire   69003 Lyon</t>
   </si>
   <si>
     <t>https://www.melbalavraie.com/</t>
   </si>
   <si>
     <t>MISTRAL PALACE</t>
   </si>
   <si>
-    <t>Exploitant lieu de diffusion / Organisateur de festival</t>
-[...1 lines deleted...]
-  <si>
     <t>12, Rue Pasteur  26000 Valence</t>
   </si>
   <si>
     <t>https://www.mistralpalace.com</t>
   </si>
   <si>
     <t>MIX'ARTS</t>
   </si>
   <si>
     <t>45 rue champ roman  38400 Saint-Martin-d'Hères</t>
   </si>
   <si>
     <t>https://www.mixarts.org</t>
   </si>
   <si>
     <t>NEOMME</t>
   </si>
   <si>
+    <t>Production de spectacle et/ou booking / Production phonographique / Accompagnement d’artistes professionnels et/ou amateurs / Organisation de concerts</t>
+  </si>
+  <si>
     <t>515 Saint-Albin  42510 Bussières</t>
   </si>
   <si>
     <t>https://www.neomme.com</t>
   </si>
   <si>
     <t>NEW FORMS</t>
   </si>
   <si>
-    <t>Management / Éditeur musical / Info, ressources, conseil</t>
+    <t>Edition musicale / Accompagnement d’artistes professionnels et/ou amateurs / Management d’artiste / Information-conseil</t>
   </si>
   <si>
     <t>28 rue des Chartreux  69001 Lyon</t>
   </si>
   <si>
     <t>NINKASI MUSIQUES</t>
   </si>
   <si>
     <t>38 place des Pavillons  69007 Lyon</t>
   </si>
   <si>
     <t>https://www.ninkasi.fr/</t>
   </si>
   <si>
     <t>Ô TOTEM LIVE</t>
   </si>
   <si>
     <t>9 Bis, Avenue Général Leclerc   69140 Rillieux-la-Pape</t>
   </si>
   <si>
     <t>https://www.mjcrillieux.com</t>
   </si>
   <si>
     <t>PAYET-MORICE David / DAD IS PLAYING MACHINE</t>
   </si>
   <si>
     <t>62 chemin de Saint-Cyprien   69480 Lachassagne</t>
   </si>
   <si>
     <t>https://www.facebook.com/dadisplayingmachine</t>
   </si>
   <si>
     <t>PELLERIN Aurélie</t>
   </si>
   <si>
     <t>32 BIS rue d'Evon lieu-dit les Gaboureaux 01360 Loyettes</t>
   </si>
   <si>
     <t>PODIUM</t>
   </si>
   <si>
     <t>38 rue Henri Gorjus   69004 Lyon</t>
   </si>
   <si>
     <t>https://www.podium.agency/</t>
   </si>
   <si>
     <t>POPIETTE</t>
   </si>
   <si>
-    <t>Accompagnement d'artistes pro et/ou amateurs / Management</t>
+    <t>Production de spectacle et/ou booking / Accompagnement d’artistes professionnels et/ou amateurs / Management d’artiste</t>
   </si>
   <si>
     <t>11 rue des creuses  42000 Saint-Etienne</t>
   </si>
   <si>
     <t>POURRAT Lucas</t>
   </si>
   <si>
     <t>18 rue Voltaire  42100 Saint-Étienne</t>
   </si>
   <si>
     <t>PREMIER JOUR</t>
   </si>
   <si>
     <t>1 Rue Saint-Eloi  73100 Aix-les-Bains</t>
   </si>
   <si>
     <t>https://www.premier-jour.com</t>
   </si>
   <si>
     <t>PYRAMiiD</t>
   </si>
   <si>
+    <t>Organisation de festivals et/ou événements / Production de spectacle et/ou booking</t>
+  </si>
+  <si>
     <t>39 Rue georges Courteline   69100 Villeurbanne</t>
   </si>
   <si>
     <t>https://www.pyramiid-production.com/</t>
   </si>
   <si>
     <t>RADIO MEGA</t>
   </si>
   <si>
+    <t>Organisation de festivals et/ou événements / Action culturelle et médiation / Médias spécialisés radiophoniques, web, presse écrite…</t>
+  </si>
+  <si>
     <t>35 RUE PROMPSAULT  26000 Valence</t>
   </si>
   <si>
     <t>https://www.radio-mega.com</t>
   </si>
   <si>
     <t>RAYNE LEGROS Fanny</t>
   </si>
   <si>
-    <t>Management</t>
+    <t>Management d’artiste</t>
   </si>
   <si>
     <t>3 petite rue des feuillants   69001 Lyon</t>
   </si>
   <si>
     <t>https://linktr.ee/fannyraynelegros</t>
   </si>
   <si>
     <t>RETOUR DE SCÈNE</t>
   </si>
   <si>
+    <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>2, Rue Gustave Flaubert  38100 Grenoble</t>
   </si>
   <si>
     <t>http://www.retourdescene.net/</t>
   </si>
   <si>
     <t>RHONE X</t>
   </si>
   <si>
-    <t>Producteur phonographique / Editeur phonographique / Mixage / mastering / Management</t>
+    <t>Production phonographique / Edition musicale / Management d’artiste / Enregistrement, mixage, mastering (studios)</t>
   </si>
   <si>
     <t>9 rue Jacquard  69004 Lyon</t>
   </si>
   <si>
     <t>https://rhonexmusic.com</t>
   </si>
   <si>
     <t>RIPTIDE RECORDS</t>
   </si>
   <si>
-    <t>Producteur phonographique / Distributeur / Média/Web / Management / Accompagnement d'artistes pro et/ou amateurs / Editeur phonographique / Éditeur musical</t>
-[...1 lines deleted...]
-  <si>
     <t>9 impasse Cumin  69005 Lyon</t>
   </si>
   <si>
     <t>https://www.riptiderecords.fr</t>
   </si>
   <si>
     <t>ROCK ON THE L'OULE</t>
   </si>
   <si>
     <t>LE VILLAGE  La Costa 26470 La Motte-Chalancon</t>
   </si>
   <si>
     <t>http://www.rockontheloule.org</t>
   </si>
   <si>
     <t>ROLLIN Jeny</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Accompagnement d'artistes pro et/ou amateurs</t>
-[...1 lines deleted...]
-  <si>
     <t>19 Route de Tourzel   63320 Saint-Cirgues-Sur-Couze</t>
   </si>
   <si>
     <t>ROZ Frédéric</t>
   </si>
   <si>
-    <t>Accompagnement d'artistes pro et/ou amateurs / Formation / enseignement (formations longues, parcours de formation) / Info, ressources, conseil</t>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Formation professionnelle  / Enseignement musical</t>
   </si>
   <si>
     <t>12 Impasse Petit Barry  63170 Aubière</t>
   </si>
   <si>
     <t>RUNNING TREE</t>
   </si>
   <si>
-    <t>Management / Autre</t>
-[...1 lines deleted...]
-  <si>
     <t>26 rue Jacques Brel  69150 Décines</t>
   </si>
   <si>
     <t>https://runningtree.fr/</t>
   </si>
   <si>
     <t>SALAMAH PRODUCTIONS</t>
   </si>
   <si>
     <t>4bis Rue Jean Monard  73100 Aix-les-Bains</t>
   </si>
   <si>
     <t>https://www.salamah.fr</t>
   </si>
   <si>
     <t>SALLE LÉO FERRÉ - MJC VIEUX LYON</t>
   </si>
   <si>
-    <t>Organisateur de festival / Accompagnement d'artistes pro et/ou amateurs / Exploitant lieu de diffusion</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.mjcduvieuxlyon.com/salle-leo-ferre-2/</t>
   </si>
   <si>
     <t>SCHAERBEEK LOVE RECORDS / ÉCRAN TOTAL</t>
   </si>
   <si>
     <t>28 chemin de Chavril  69110  Sainte-Foy-lès-Lyon</t>
   </si>
   <si>
     <t>https://www.ecrantotalmusique.com</t>
   </si>
   <si>
     <t>SEYVE YANNICK / TINY SHUTTLE / ALEXANDRE CASTILLON</t>
   </si>
   <si>
     <t>32bis rue d'Evon Porte en bois au fond de la cour gravillonnée 01360 Loyettes</t>
   </si>
   <si>
     <t>SMAC 07</t>
   </si>
   <si>
     <t>12 Rue Fontanes LA PRESQU'ILE 07100 Annonay</t>
   </si>
   <si>
     <t>https://www.smac07.com</t>
@@ -1574,279 +1598,309 @@
   <si>
     <t>https://diamusique.fr</t>
   </si>
   <si>
     <t>SOPHIANE TOUR</t>
   </si>
   <si>
     <t>11, Rue Georges Clemenceau  63000 Clermont-Ferrand</t>
   </si>
   <si>
     <t>https://www.sophiane.net</t>
   </si>
   <si>
     <t>SUPREME LEGACY</t>
   </si>
   <si>
     <t>93 Boulevard Etienne Clementel  63100 Clermont-Ferrand</t>
   </si>
   <si>
     <t>https://www.supreme-legacy.fr</t>
   </si>
   <si>
     <t>TAMYA PRODUCTION</t>
   </si>
   <si>
+    <t>Edition musicale / Production phonographique / Accompagnement d’artistes professionnels et/ou amateurs / Répétition (studios)</t>
+  </si>
+  <si>
     <t>38 rue Louis Pasteur  69600 Oullins-Pierre-Bénite</t>
   </si>
   <si>
     <t>https://instagram.com/tamyaproduction</t>
   </si>
   <si>
     <t>TARA NUCK PRODUCTION</t>
   </si>
   <si>
+    <t xml:space="preserve">Accompagnement d’artistes professionnels et/ou amateurs / Management d’artiste / Formation professionnelle </t>
+  </si>
+  <si>
     <t>19 rue Imbert Colomes  69001 Lyon</t>
   </si>
   <si>
     <t>http://taranuck.com/</t>
   </si>
   <si>
     <t>TARTINO PRODUCTION</t>
   </si>
   <si>
-    <t>Collectif / compagnie d'artistes / Accompagnement d'artistes pro et/ou amateurs</t>
-[...1 lines deleted...]
-  <si>
     <t>16 Grande rue de la Croix Rousse  69004 Lyon</t>
   </si>
   <si>
     <t>https://linktr.ee/tartinoprod</t>
   </si>
   <si>
     <t>TEMPO</t>
   </si>
   <si>
-    <t>Réseau</t>
+    <t>Réseaux, fédérations, organismes professionnels</t>
   </si>
   <si>
     <t>1 rue Victor Lastella  38000 Grenoble</t>
   </si>
   <si>
     <t>http://reseau-tempo.com</t>
   </si>
   <si>
     <t>TOÏ TOÏ LE ZINC</t>
   </si>
   <si>
     <t>17-19, Rue Marcel Dutartre  69100 Villeurbanne</t>
   </si>
   <si>
     <t>https://www.toitoilezinc.fr</t>
   </si>
   <si>
     <t>TOTAAL REZ</t>
   </si>
   <si>
+    <t>Organisation de concerts / Organisation de festivals et/ou événements / Production de spectacle et/ou booking</t>
+  </si>
+  <si>
     <t>28 rue de la Claire  69009 Lyon</t>
   </si>
   <si>
     <t>https://www.totaalrez.com</t>
   </si>
   <si>
     <t>TRAMOY KANI TRIO</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Collectif / compagnie d'artistes</t>
-[...1 lines deleted...]
-  <si>
     <t>83 rue Magenta  69100 Villeurbanne</t>
   </si>
   <si>
     <t>https://tramoykanytrio.com</t>
   </si>
   <si>
     <t>TRAQUENARD PROD</t>
   </si>
   <si>
     <t>22 route de Lyon  38120 Fontanil Cornillon</t>
   </si>
   <si>
     <t>http://www.traquenard-prod.fr/</t>
   </si>
   <si>
     <t>TWO RIVERS</t>
   </si>
   <si>
-    <t>Média / Presse</t>
-[...2 lines deleted...]
-    <t>Organisateur sans lieu : Producteur / diffuseur / promoteur local / Média / Presse / Structure de production audiovisuelle</t>
+    <t>Médias spécialisés radiophoniques, web, presse écrite… / Organisation de festivals et/ou événements / Production audiovisuelle</t>
   </si>
   <si>
     <t>33 rue André Bollier  69007 Lyon</t>
   </si>
   <si>
     <t>https://tworivers.fr</t>
   </si>
   <si>
     <t>VIBRATIONS SUR LE FIL</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Producteur phonographique / Accompagnement d'artistes pro et/ou amateurs / Management</t>
+    <t>Production de spectacle et/ou booking / Production phonographique / Management d’artiste / Accompagnement d’artistes professionnels et/ou amateurs</t>
   </si>
   <si>
     <t>1950 Route de Montrottier  69490 Ancy</t>
   </si>
   <si>
     <t>http://www.vibrationssurlefil.com</t>
   </si>
   <si>
     <t>WOODSTOWER</t>
   </si>
   <si>
     <t>3 Quai Claude Bernard  69007 Lyon</t>
   </si>
   <si>
     <t>https://www.woodstower.com</t>
   </si>
   <si>
     <t>YERAZ MUSIQUE</t>
   </si>
   <si>
     <t>5 rue Chamechaude   38600 Fontaine</t>
   </si>
   <si>
     <t>Z PRODUCTION</t>
   </si>
   <si>
-    <t>Organisateur sans lieu : Producteur / diffuseur / promoteur local / Producteur phonographique / Info, ressources, conseil</t>
+    <t>Production de spectacle et/ou booking / Production phonographique / Organisation de concerts</t>
   </si>
   <si>
     <t>https://www.zproduction.org</t>
   </si>
   <si>
     <t>ZAGALA Mathilde</t>
   </si>
   <si>
     <t>95 chemin de l'Eglise  38140  Charnècles</t>
   </si>
   <si>
     <t>ZAMM (Zacade Action Musique Marsanne)</t>
   </si>
   <si>
     <t>ZAMM, Mairie de Marsanne    26740 Marsanne</t>
   </si>
   <si>
     <t>https://www.zefiestival.net/9-zamm</t>
   </si>
   <si>
     <t>BIJAOUI-LUCILE</t>
   </si>
   <si>
-    <t>Autre / Action et médiation culturelle</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">73 rue Antoine Arnaud  69400 Villefranche-sur-Saône </t>
   </si>
   <si>
     <t>TUATARA</t>
   </si>
   <si>
-    <t>Info, ressources, conseil</t>
-[...2 lines deleted...]
-    <t>Info, ressources, conseil / Accompagnement d'artistes pro et/ou amateurs</t>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Information-conseil</t>
   </si>
   <si>
     <t>6 Rue Andersen  42100 Saint-Etienne</t>
   </si>
   <si>
     <t>https://tuataracreative.com/</t>
   </si>
   <si>
     <t>PEACOCK PRODUCTION</t>
   </si>
   <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Management d’artiste</t>
+  </si>
+  <si>
     <t>34 Montée Saint-Barthélémy  69005 Lyon 5e Arrondissement</t>
   </si>
   <si>
     <t>https://majeures.org/annuaire/estelle-porto/</t>
   </si>
   <si>
     <t>FERREIRA SAMUEL</t>
   </si>
   <si>
-    <t>Collectif / compagnie d'artistes / Label / Mixage / mastering / Formation (modules courts)</t>
-[...1 lines deleted...]
-  <si>
     <t>135 rue des Mollieres   69270 Fontaines Saint Martin</t>
   </si>
   <si>
     <t>Hidden Spark Booking</t>
   </si>
   <si>
-    <t>Accompagnement d'artistes pro et/ou amateurs / Management / Employeur du plateau artistique : Tourneur / producteur de spectacle</t>
-[...1 lines deleted...]
-  <si>
     <t>34 montée Saint Barthelemy   69005 Lyon</t>
   </si>
   <si>
     <t>https://www.hiddensparkbooking.com</t>
   </si>
   <si>
     <t>BISAILLON JEAN-ROBERT</t>
   </si>
   <si>
-    <t>Accompagnement d'artistes pro et/ou amateurs / Info, ressources, conseil / Formation (modules courts) / Autre</t>
+    <t xml:space="preserve">Accompagnement d’artistes professionnels et/ou amateurs / Information-conseil / Formation professionnelle </t>
   </si>
   <si>
     <t>21 rue de la Lozère  69200 VENISSIEUX</t>
   </si>
   <si>
     <t>https://www.jeanrobertbisaillon.ca/</t>
   </si>
   <si>
     <t>FESTIVAL DES IMAGINAIRES LIBRES</t>
   </si>
   <si>
+    <t>Organisation de festivals et/ou événements / Accueil de résidences artistiques / Action culturelle et médiation</t>
+  </si>
+  <si>
     <t>c/o Mairie, place du 11 novembre   26770 Taulignan</t>
   </si>
   <si>
     <t>https://festivaldesimaginaireslibres.fr</t>
   </si>
   <si>
     <t>Insolent Records</t>
   </si>
   <si>
-    <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Producteur phonographique / Management / Label</t>
+    <t>Production phonographique / Production de spectacle et/ou booking / Management d’artiste</t>
   </si>
   <si>
     <t>61 QUAI PIERRE SCIZE  69005 Lyon</t>
   </si>
   <si>
     <t>https://insolentrecords.fr/</t>
+  </si>
+  <si>
+    <t>Da Silva Thibaud</t>
+  </si>
+  <si>
+    <t>18 rue Millon  69100 Villeurbanne</t>
+  </si>
+  <si>
+    <t>https://instagram.com/jesuisincendie</t>
+  </si>
+  <si>
+    <t>Studio à Tisser</t>
+  </si>
+  <si>
+    <t>Production phonographique / Production audiovisuelle / Enregistrement, mixage, mastering (studios) / Répétition (studios)</t>
+  </si>
+  <si>
+    <t>41 rue du mail  69004 Lyon</t>
+  </si>
+  <si>
+    <t>https://www.bistanclaque.fr/studio-lieu</t>
+  </si>
+  <si>
+    <t>GUERREIRO Johanna</t>
+  </si>
+  <si>
+    <t>12 Rue Diderot  69001 Lyon</t>
+  </si>
+  <si>
+    <t>COCO GLAM RECORDS</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-VICTORIEN FRICHE LAMARTINE 69003 LYON 3EME</t>
+  </si>
+  <si>
+    <t>https://www.instagram.com/cocoglamrecords/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <u/>
       <color rgb="FF0563C1"/>
     </font>
   </fonts>
@@ -1905,167 +1959,171 @@
 <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studiolabyrinthe.fr/" TargetMode="External"/>
 <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.azelar.coop/" TargetMode="External"/>
 <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baam.productions" TargetMode="External"/>
 <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.productionbelka.com" TargetMode="External"/>
 <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bizarre-venissieux.fr" TargetMode="External"/>
 <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bizzartnomade.net/" TargetMode="External"/>
 <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blueveinsprod.fr/" TargetMode="External"/>
 <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://borealemusic.com" TargetMode="External"/>
 <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/libidolbd" TargetMode="External"/>
 <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cestpasdesmanieres.org" TargetMode="External"/>
 <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cefedem-aura.org/" TargetMode="External"/>
 <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chateaudurozier.fr" TargetMode="External"/>
 <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chateau-rouge.net" TargetMode="External"/>
 <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chateausonic.com" TargetMode="External"/>
 <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coincoinprod.org" TargetMode="External"/>
 <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/lescanutes" TargetMode="External"/>
 <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://collectifpinceoreilles.com/" TargetMode="External"/>
 <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compagnie4000.com" TargetMode="External"/>
 <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aggloroanne.fr" TargetMode="External"/>
 <Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/111_centonze" TargetMode="External"/>
 <Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crazycatsproduction.com" TargetMode="External"/>
 <Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureservices.fr/" TargetMode="External"/>
 <Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mariondiaques.com" TargetMode="External"/>
 <Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meganedumas.com" TargetMode="External"/>
 <Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lydiedupuy.fr" TargetMode="External"/>
-<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english-rose.fr" TargetMode="External"/>
-[...110 lines deleted...]
-<Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insolentrecords.fr/" TargetMode="External"/></Relationships>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.duretdoux.com" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english-rose.fr" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ervafestival.com" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europavox.com" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/fdmaofficiel" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hibernarock.fr/" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flowercoast.fr" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goneprod.net/" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://graineselectroniques.com" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://greenpiste-records.com" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hadra.net" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radiofrance.fr/" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://horizon-musiques.fr/" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hotclubjazzlyon.com/" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idylecie.com" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inouiedistribution.org" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jarringeffects.net" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jaspir.com" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jazzavienne.com" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jazzactionvalence.com/" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/Kasanostra-100273368383015" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gabrielkeller.fr/" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kingtao.org" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kraspekmyzik.com" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://amperage.fr/" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/larpisterie/" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://l-ema.fr" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.marchesduvelayrochebaron.fr" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epiceriemoderne.com" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xn--orphe-esa.com/" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gruffaz.fr/" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.la-belle-electrique.com/" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lacoope.org" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lacordo.com" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.la-curieuse.com" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lafouleendelire.fr" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lagrangeasons.com" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://locomysic.com/" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lapoursuite.fr/" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lapucealoreille63.fr" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larayonne.org/" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://WWW.LAREINEMAB.ORG" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lasource-fontaine.fr" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.la-tannerie.com" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/labaltere" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/lelaboduconservatoire/" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lamastrock.com" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.109montlucon.com" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.le-brise-glace.com" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.le-ciel.fr" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdaprod.com" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lecriducharbon.fr" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.le-fil.com" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lefourneauprod.com" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riorges.fr" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legrillepain.org/" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lepasdecote-mercuer.fr/" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lepax.fr" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.periscope-lyon.com" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gagajazz.com" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lestartingblock.com/" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transbordeur.fr/accueil/" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesentetes.com" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lesnuitsdelaroulotte.com/" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/lesrigolessaintetienne" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesvertebrees.fr" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letit-paies.fr/" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.marchegare.fr/" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mediatone-lyon.net/" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbalavraie.com/" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mistralpalace.com" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mixarts.org" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neomme.com" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ninkasi.fr/" TargetMode="External"/>
+<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mjcrillieux.com" TargetMode="External"/>
+<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/dadisplayingmachine" TargetMode="External"/>
+<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.podium.agency/" TargetMode="External"/>
+<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.premier-jour.com" TargetMode="External"/>
+<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pyramiid-production.com/" TargetMode="External"/>
+<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radio-mega.com" TargetMode="External"/>
+<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/fannyraynelegros" TargetMode="External"/>
+<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.retourdescene.net/" TargetMode="External"/>
+<Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rhonexmusic.com" TargetMode="External"/>
+<Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riptiderecords.fr" TargetMode="External"/>
+<Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rockontheloule.org" TargetMode="External"/>
+<Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://runningtree.fr/" TargetMode="External"/>
+<Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.salamah.fr" TargetMode="External"/>
+<Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mjcduvieuxlyon.com/salle-leo-ferre-2/" TargetMode="External"/>
+<Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecrantotalmusique.com" TargetMode="External"/>
+<Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smac07.com" TargetMode="External"/>
+<Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lesabattoirs.fr" TargetMode="External"/>
+<Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamusique.fr" TargetMode="External"/>
+<Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sophiane.net" TargetMode="External"/>
+<Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.supreme-legacy.fr" TargetMode="External"/>
+<Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://instagram.com/tamyaproduction" TargetMode="External"/>
+<Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://taranuck.com/" TargetMode="External"/>
+<Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/tartinoprod" TargetMode="External"/>
+<Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://reseau-tempo.com" TargetMode="External"/>
+<Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.toitoilezinc.fr" TargetMode="External"/>
+<Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.totaalrez.com" TargetMode="External"/>
+<Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tramoykanytrio.com" TargetMode="External"/>
+<Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.traquenard-prod.fr/" TargetMode="External"/>
+<Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tworivers.fr" TargetMode="External"/>
+<Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vibrationssurlefil.com" TargetMode="External"/>
+<Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.woodstower.com" TargetMode="External"/>
+<Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zproduction.org" TargetMode="External"/>
+<Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zefiestival.net/9-zamm" TargetMode="External"/>
+<Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuataracreative.com/" TargetMode="External"/>
+<Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://majeures.org/annuaire/estelle-porto/" TargetMode="External"/>
+<Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hiddensparkbooking.com" TargetMode="External"/>
+<Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeanrobertbisaillon.ca/" TargetMode="External"/>
+<Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://festivaldesimaginaireslibres.fr" TargetMode="External"/>
+<Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insolentrecords.fr/" TargetMode="External"/>
+<Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://instagram.com/jesuisincendie" TargetMode="External"/>
+<Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bistanclaque.fr/studio-lieu" TargetMode="External"/>
+<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/cocoglamrecords/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:G174"/>
+  <dimension ref="A1:G178"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="40" customWidth="1"/>
     <col min="5" max="5" width="18" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="52" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -2089,4171 +2147,4225 @@
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>23.23</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" t="s">
         <v>20</v>
       </c>
-      <c r="E4" t="s">
-[...2 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" t="s" s="2">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Employeur du plateau artistique : Tourneur / producteur de spectacle / Accompagnement d'artistes pro et/ou amateurs / Info, ressources, conseil</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Information-conseil</t>
         </is>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G6" t="s" s="2">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s" s="2">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G8" t="s" s="2">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s" s="2">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Organisateur de festival / Accompagnement d'artistes pro et/ou amateurs / Formation / enseignement (formations longues, parcours de formation) / Formation (modules courts) / Employeur du plateau artistique : Tourneur / producteur de spectacle</t>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Enseignement musical / Formation professionnelle  / Information-conseil</t>
         </is>
       </c>
       <c r="D11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" t="s" s="2">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>23</v>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Production de spectacle et/ou booking / Production phonographique / Management d’artiste</t>
+        </is>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>56</v>
       </c>
       <c r="F12" t="s">
         <v>57</v>
       </c>
       <c r="G12" t="s" s="2">
         <v>58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>59</v>
       </c>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C13" t="s">
         <v>60</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>61</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" t="s" s="2">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G15" t="s" s="2">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="B16"/>
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>38</v>
+      </c>
       <c r="C16" t="s">
         <v>19</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>56</v>
       </c>
       <c r="F16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Exploitant lieu de création / Organisateur de festival / Studios / locaux d'enregistrement / Organisateur sans lieu : Producteur / diffuseur / promoteur local / Accompagnement d'artistes pro et/ou amateurs</t>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accueil de résidences artistiques / Action culturelle et médiation / Accompagnement d’artistes professionnels et/ou amateurs / Répétition (studios)</t>
         </is>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>74</v>
       </c>
       <c r="F17" t="s">
         <v>75</v>
       </c>
       <c r="G17" t="s" s="2">
         <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G18" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Organisateur sans lieu : Producteur / diffuseur / promoteur local / Employeur du plateau artistique : Tourneur / producteur de spectacle / Accompagnement d'artistes pro et/ou amateurs / Management / Action et médiation culturelle / Autre</t>
+          <t>Production de spectacle et/ou booking / Accompagnement d’artistes professionnels et/ou amateurs / Organisation de festivals et/ou événements / Management d’artiste / Action culturelle et médiation</t>
         </is>
       </c>
       <c r="D19" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G19" t="s" s="2">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Producteur phonographique / Accompagnement d'artistes pro et/ou amateurs / Management / Mixage / mastering</t>
+          <t>Production de spectacle et/ou booking / Production phonographique / Management d’artiste / Enregistrement, mixage, mastering (studios) / Accompagnement d’artistes professionnels et/ou amateurs</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G20" t="s" s="2">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-      <c r="C21"/>
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F21" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Studios / locaux de répétition / Exploitant lieu de diffusion / Exploitant lieu de création / Studios / locaux d'enregistrement / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Info, ressources, conseil</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Répétition (studios) / Information-conseil</t>
         </is>
       </c>
       <c r="D22" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E22" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="G22" t="s" s="2">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>18</v>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Organisation de festivals et/ou événements / Action culturelle et médiation / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Organisation de concerts</t>
+        </is>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E23" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G23" t="s" s="2">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C24" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="D24" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G24" t="s" s="2">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B25" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C25" t="s">
-        <v>46</v>
+        <v>102</v>
       </c>
       <c r="D25" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E25" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F25" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s" s="2">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>29</v>
+      </c>
+      <c r="C26" t="s">
+        <v>106</v>
+      </c>
       <c r="D26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E26" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F26" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C27"/>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F27" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G27" t="s" s="2">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Collectif / compagnie d'artistes / Studios / locaux d'enregistrement / Producteur phonographique / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Formation (modules courts)</t>
+          <t>Production de spectacle et/ou booking / Action culturelle et médiation / Accompagnement d’artistes professionnels et/ou amateurs / Enregistrement, mixage, mastering (studios)</t>
         </is>
       </c>
       <c r="D28" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E28" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F28" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="G28" t="s" s="2">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B29" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C29" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D29" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E29" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F29" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G29" t="s" s="2">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B30" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C30" t="s">
-        <v>28</v>
+        <v>120</v>
       </c>
       <c r="D30" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E30" t="s">
         <v>56</v>
       </c>
       <c r="F30" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="G30" t="s" s="2">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B31" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>29</v>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation</t>
+        </is>
       </c>
       <c r="D31" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E31" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="F31" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="G31" t="s" s="2">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B32" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C32" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" t="s">
         <v>124</v>
       </c>
-      <c r="D32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="G32" t="s" s="2">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B33" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Producteur phonographique / Collectif / compagnie d'artistes / Editeur phonographique / Action et médiation culturelle</t>
+          <t>Organisation de festivals et/ou événements / Organisation de concerts / Action culturelle et médiation / Production de spectacle et/ou booking / Production phonographique / Formation professionnelle  / Edition musicale</t>
         </is>
       </c>
       <c r="D33" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E33" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F33" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G33" t="s" s="2">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>50</v>
+      </c>
+      <c r="C34" t="s">
+        <v>135</v>
       </c>
       <c r="D34" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E34" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F34" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G34" t="s" s="2">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B35" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C35" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D35" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E35" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F35" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="G35" t="s" s="2">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B36" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C36" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D36" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E36" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F36" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G36" t="s" s="2">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B37" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C37" t="s">
-        <v>73</v>
+        <v>147</v>
       </c>
       <c r="D37" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E37" t="s">
         <v>56</v>
       </c>
       <c r="F37" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="G37" t="s" s="2">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E38" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F38" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="G38" t="s" s="2">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B39" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C39" t="s">
-        <v>45</v>
+        <v>154</v>
       </c>
       <c r="D39" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E39" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F39" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="G39" t="s" s="2">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C40" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D40" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E40" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F40" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="G40" t="s" s="2">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C41" t="s">
         <v>24</v>
       </c>
       <c r="D41" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E41" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F41" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B42" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="D42" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E42" t="s">
         <v>56</v>
       </c>
       <c r="F42" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="G42" t="s" s="2">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B43" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C43"/>
       <c r="D43" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E43" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F43" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="G43" t="s" s="2">
-        <v>163</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B44" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C44"/>
       <c r="D44" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E44" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="F44" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="G44" t="s" s="2">
-        <v>167</v>
+        <v>173</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>168</v>
-[...6 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45"/>
       <c r="D45" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E45" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F45" t="s">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="G45" t="s" s="2">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B46" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="C46" t="s">
-        <v>19</v>
+        <v>164</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E46" t="s">
-        <v>92</v>
+        <v>15</v>
       </c>
       <c r="F46" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="G46" t="s" s="2">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B47" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C47" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D47" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E47" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="F47" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="G47" t="s" s="2">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B48" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="C48" t="s">
+        <v>184</v>
       </c>
       <c r="D48" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="E48" t="s">
-        <v>16</v>
+        <v>185</v>
       </c>
       <c r="F48" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G48" t="s" s="2">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B49" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="C49" t="s">
+        <v>190</v>
       </c>
       <c r="D49" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E49" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="F49" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="G49" t="s" s="2">
-        <v>185</v>
+        <v>192</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B50" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="C50" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="D50" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E50" t="s">
-        <v>177</v>
+        <v>64</v>
       </c>
       <c r="F50" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="G50" t="s" s="2">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>23</v>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>Production de spectacle et/ou booking / Accompagnement d’artistes professionnels et/ou amateurs / Production phonographique / Edition musicale / Management d’artiste</t>
+        </is>
       </c>
       <c r="D51" t="s">
-        <v>146</v>
+        <v>25</v>
       </c>
       <c r="E51" t="s">
-        <v>16</v>
+        <v>185</v>
       </c>
       <c r="F51" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="G51"/>
+        <v>198</v>
+      </c>
+      <c r="G51" t="s" s="2">
+        <v>199</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="B52" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C52"/>
       <c r="D52" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="E52" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F52" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="G52"/>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B53" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C53" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E53" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F53" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="G53" t="s" s="2">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B54" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="C54" t="s">
-        <v>201</v>
+        <v>180</v>
       </c>
       <c r="D54" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E54" t="s">
-        <v>165</v>
+        <v>15</v>
       </c>
       <c r="F54" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="G54" t="s" s="2">
-        <v>203</v>
+        <v>208</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B55" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="C55"/>
       <c r="D55" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E55" t="s">
-        <v>11</v>
+        <v>171</v>
       </c>
       <c r="F55" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="G55" t="s" s="2">
-        <v>206</v>
+        <v>211</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-      <c r="C56"/>
+        <v>212</v>
+      </c>
+      <c r="B56" t="s">
+        <v>18</v>
+      </c>
+      <c r="C56" t="s">
+        <v>213</v>
+      </c>
       <c r="D56" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="G56"/>
+        <v>214</v>
+      </c>
+      <c r="G56" t="s" s="2">
+        <v>215</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="B57" t="s">
-        <v>210</v>
+        <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="D57" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E57" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F57" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B58" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="C58"/>
+        <v>220</v>
+      </c>
+      <c r="C58" t="s">
+        <v>221</v>
+      </c>
       <c r="D58" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="E58" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F58" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="G58" t="s" s="2">
-        <v>217</v>
+        <v>224</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="B59" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="C59" t="s">
+        <v>226</v>
       </c>
       <c r="D59" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E59" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F59" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="G59" t="s" s="2">
-        <v>220</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="B60" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C60" t="s">
-        <v>222</v>
+        <v>106</v>
       </c>
       <c r="D60" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E60" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F60" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="G60" t="s" s="2">
-        <v>224</v>
+        <v>231</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="B61" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="C61"/>
       <c r="D61" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E61" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="F61" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="G61" t="s" s="2">
-        <v>227</v>
+        <v>234</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B62" t="s">
-        <v>229</v>
+        <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>56</v>
       </c>
       <c r="F62" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="G62" t="s" s="2">
-        <v>231</v>
+        <v>238</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="B63" t="s">
-        <v>233</v>
-[...4 lines deleted...]
-        </is>
+        <v>8</v>
+      </c>
+      <c r="C63" t="s">
+        <v>240</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E63" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F63" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="G63" t="s" s="2">
-        <v>235</v>
+        <v>242</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>236</v>
-[...8 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
       <c r="D64" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="G64" t="s" s="2">
-        <v>238</v>
+        <v>245</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="B65" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C65" t="s">
-        <v>19</v>
+        <v>247</v>
       </c>
       <c r="D65" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="G65" t="s" s="2">
-        <v>241</v>
+        <v>249</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="B66" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>50</v>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>Enseignement musical / Formation professionnelle  / Action culturelle et médiation / Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Information-conseil</t>
+        </is>
       </c>
       <c r="D66" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E66" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F66" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="G66" t="s" s="2">
-        <v>245</v>
+        <v>252</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="B67" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>Exploitant lieu de création / Mixage / mastering / Distributeur / Structure de production audiovisuelle / Accompagnement d'artistes pro et/ou amateurs / Producteur phonographique / Editeur phonographique / Éditeur musical / Expositions / Management</t>
+          <t>Répétition (studios) / Enregistrement, mixage, mastering (studios) / Accompagnement d’artistes professionnels et/ou amateurs / Production phonographique / Edition musicale / Management d’artiste / Distribution phonographique / Production audiovisuelle</t>
         </is>
       </c>
       <c r="D67" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E67" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F67" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="G67" t="s" s="2">
-        <v>248</v>
+        <v>255</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C68"/>
       <c r="D68" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E68" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F68" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="G68" t="s" s="2">
-        <v>252</v>
+        <v>258</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B69" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C69" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="D69" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E69" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F69" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="G69" t="s" s="2">
-        <v>256</v>
+        <v>262</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B70" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="C70" t="s">
+        <v>264</v>
       </c>
       <c r="D70" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E70" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F70" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="G70" t="s" s="2">
-        <v>259</v>
+        <v>266</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="B71" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C71"/>
+        <v>29</v>
+      </c>
+      <c r="C71" t="s">
+        <v>268</v>
+      </c>
       <c r="D71" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="G71" t="s" s="2">
-        <v>262</v>
+        <v>270</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="B72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C72" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="D72" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="G72" t="s" s="2">
-        <v>266</v>
+        <v>274</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="B73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C73" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="D73" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E73" t="s">
         <v>56</v>
       </c>
       <c r="F73" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="G73" t="s" s="2">
-        <v>270</v>
+        <v>278</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="B74" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>50</v>
+      </c>
+      <c r="C74" t="s">
+        <v>154</v>
       </c>
       <c r="D74" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E74" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="F74" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="G74" t="s" s="2">
-        <v>273</v>
+        <v>281</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="B75" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C75" t="s">
-        <v>275</v>
+        <v>120</v>
       </c>
       <c r="D75" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E75" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F75" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="G75" t="s" s="2">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B76" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="C76" t="s">
+        <v>286</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E76" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F76" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="G76" t="s" s="2">
-        <v>280</v>
+        <v>288</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="B77" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C77" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D77" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="G77" t="s" s="2">
-        <v>283</v>
+        <v>291</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="B78" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>29</v>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Information-conseil / Répétition (studios)</t>
+        </is>
       </c>
       <c r="D78" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="G78" t="s" s="2">
-        <v>286</v>
+        <v>294</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="B79" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C79" t="s">
         <v>19</v>
       </c>
       <c r="D79" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E79" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F79" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="B80" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C80" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="D80" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E80" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="F80" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="G80" t="s" s="2">
-        <v>292</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="B81" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Exploitant lieu de création / Studios / locaux de répétition / Studios / locaux d'enregistrement / Mixage / mastering / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Info, ressources, conseil</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Information-conseil / Répétition (studios) / Enregistrement, mixage, mastering (studios)</t>
         </is>
       </c>
       <c r="D81" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E81" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F81" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="G81" t="s" s="2">
-        <v>295</v>
+        <v>303</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="B82" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>23</v>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Action culturelle et médiation / Production de spectacle et/ou booking / Production phonographique</t>
+        </is>
       </c>
       <c r="D82" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E82" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F82" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="G82" t="s" s="2">
-        <v>298</v>
+        <v>306</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="B83" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C83" t="s">
         <v>60</v>
       </c>
       <c r="D83" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E83" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F83" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="G83" t="s" s="2">
-        <v>301</v>
+        <v>309</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="D84" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E84" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F84" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="G84" t="s" s="2">
-        <v>305</v>
+        <v>313</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="B85" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>38</v>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation / Accueil de résidences artistiques</t>
+        </is>
       </c>
       <c r="D85" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="G85" t="s" s="2">
-        <v>309</v>
+        <v>316</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B86" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C86" t="s">
-        <v>128</v>
+        <v>318</v>
       </c>
       <c r="D86" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E86" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F86" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="G86" t="s" s="2">
-        <v>312</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="B87" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C87" t="s">
-        <v>28</v>
+        <v>120</v>
       </c>
       <c r="D87" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E87" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="F87" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="G87" t="s" s="2">
-        <v>315</v>
+        <v>323</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="B88" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="C88" t="s">
-        <v>28</v>
+        <v>325</v>
       </c>
       <c r="D88" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E88" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F88" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="G88" t="s" s="2">
-        <v>318</v>
+        <v>327</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="B89" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C89" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D89" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E89" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="F89" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="G89" t="s" s="2">
-        <v>322</v>
+        <v>331</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="B90" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>29</v>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Répétition (studios)</t>
+        </is>
       </c>
       <c r="D90" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="G90" t="s" s="2">
-        <v>326</v>
+        <v>334</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="B91" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Exploitant lieu de création / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Info, ressources, conseil</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation / Information-conseil / Répétition (studios) / Accueil de résidences artistiques</t>
         </is>
       </c>
       <c r="D91" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E91" t="s">
         <v>74</v>
       </c>
       <c r="F91" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="G91" t="s" s="2">
-        <v>329</v>
+        <v>337</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="B92" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C92" t="s">
-        <v>128</v>
+        <v>339</v>
       </c>
       <c r="D92" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E92" t="s">
         <v>74</v>
       </c>
       <c r="F92" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="G92" t="s" s="2">
-        <v>332</v>
+        <v>341</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B93" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>50</v>
+      </c>
+      <c r="C93" t="s">
+        <v>343</v>
       </c>
       <c r="D93" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E93" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F93" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="G93" t="s" s="2">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="B94" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>23</v>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Production de spectacle et/ou booking / Production phonographique / Edition musicale / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs</t>
+        </is>
       </c>
       <c r="D94" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E94" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="F94" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="G94" t="s" s="2">
-        <v>340</v>
+        <v>349</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="B95" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>29</v>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation / Accueil de résidences artistiques / Répétition (studios) / Information-conseil</t>
+        </is>
       </c>
       <c r="D95" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E95" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="F95" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="G95" t="s" s="2">
-        <v>344</v>
+        <v>352</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="B96" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Employeur du plateau artistique : Tourneur / producteur de spectacle / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Organisateur de festival</t>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Information-conseil / Répétition (studios) / Enregistrement, mixage, mastering (studios)</t>
         </is>
       </c>
       <c r="D96" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E96" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="F96" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="G96" t="s" s="2">
-        <v>347</v>
+        <v>355</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="B97" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Info, ressources, conseil / Média / Radio / Exploitant lieu de création</t>
+          <t>Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Information-conseil / Répétition (studios) / Action culturelle et médiation / Médias spécialisés radiophoniques, web, presse écrite…</t>
         </is>
       </c>
       <c r="D97" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="G97" t="s" s="2">
-        <v>350</v>
+        <v>358</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="B98" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Accompagnement d'artistes pro et/ou amateurs / Organisateur sans lieu : Producteur / diffuseur / promoteur local</t>
+          <t>Production de spectacle et/ou booking / Information-conseil / Activité de service (logiciels, solutions de billetterie, paye…) / Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs</t>
         </is>
       </c>
       <c r="D98" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="G98" t="s" s="2">
-        <v>353</v>
+        <v>361</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
-      <c r="C99" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C99" t="s">
+        <v>363</v>
       </c>
       <c r="D99" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>56</v>
       </c>
       <c r="F99" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="G99" t="s" s="2">
-        <v>356</v>
+        <v>365</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="B100" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Action et médiation culturelle / Studios / locaux de répétition / Studios / locaux d'enregistrement / Info, ressources, conseil / Expositions / Accompagnement d'artistes pro et/ou amateurs / Formation (modules courts)</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation / Accueil de résidences artistiques / Information-conseil / Répétition (studios) / Enregistrement, mixage, mastering (studios)</t>
         </is>
       </c>
       <c r="D100" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E100" t="s">
         <v>56</v>
       </c>
       <c r="F100" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="G100" t="s" s="2">
-        <v>359</v>
+        <v>368</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
-      <c r="C101" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C101" t="s">
+        <v>370</v>
       </c>
       <c r="D101" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E101" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F101" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="G101" t="s" s="2">
-        <v>362</v>
+        <v>372</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="B102" t="s">
-        <v>364</v>
+        <v>29</v>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Exploitant lieu de création / Exploitant lieu de diffusion / Studios / locaux de répétition / Studios / locaux d'enregistrement / Action et médiation culturelle / Info, ressources, conseil / Expositions / Accompagnement d'artistes pro et/ou amateurs / Formation (modules courts)</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Information-conseil / Répétition (studios)</t>
         </is>
       </c>
       <c r="D102" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E102" t="s">
         <v>74</v>
       </c>
       <c r="F102" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="B103" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="C103" t="s">
-        <v>367</v>
+        <v>63</v>
       </c>
       <c r="D103" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E103" t="s">
         <v>56</v>
       </c>
       <c r="F103" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="G103" t="s" s="2">
-        <v>369</v>
+        <v>377</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="B104" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C104" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="D104" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="G104" t="s" s="2">
-        <v>373</v>
+        <v>381</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="B105" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="C105" t="s">
+        <v>383</v>
       </c>
       <c r="D105" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E105" t="s">
         <v>56</v>
       </c>
       <c r="F105" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="B106" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C106" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
       <c r="D106" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E106" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="F106" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="G106" t="s" s="2">
-        <v>379</v>
+        <v>387</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="B107" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>381</v>
+        <v>29</v>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Accueil de résidences artistiques / Accompagnement d’artistes professionnels et/ou amateurs / Répétition (studios) / Enregistrement, mixage, mastering (studios)</t>
+        </is>
       </c>
       <c r="D107" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E107" t="s">
         <v>56</v>
       </c>
       <c r="F107" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="G107" t="s" s="2">
-        <v>383</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="B108" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Exploitant lieu de création / Employeur du plateau artistique : Tourneur / producteur de spectacle / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Info, ressources, conseil</t>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Production de spectacle et/ou booking / Information-conseil</t>
         </is>
       </c>
       <c r="D108" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E108" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F108" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="G108" t="s" s="2">
-        <v>386</v>
+        <v>393</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="B109" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C109" t="s">
-        <v>45</v>
+        <v>395</v>
       </c>
       <c r="D109" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E109" t="s">
         <v>56</v>
       </c>
       <c r="F109" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="G109" t="s" s="2">
-        <v>389</v>
+        <v>397</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="B110" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C110" t="s">
-        <v>73</v>
+        <v>399</v>
       </c>
       <c r="D110" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E110" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="F110" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="G110" t="s" s="2">
-        <v>392</v>
+        <v>401</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="B111" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C111" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="D111" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E111" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F111" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="G111" t="s" s="2">
-        <v>395</v>
+        <v>404</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="B112" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C112" t="s">
-        <v>397</v>
+        <v>143</v>
       </c>
       <c r="D112" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="G112" t="s" s="2">
-        <v>399</v>
+        <v>407</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="B113" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C113" t="s">
-        <v>401</v>
+        <v>128</v>
       </c>
       <c r="D113" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E113" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F113" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="G113" t="s" s="2">
-        <v>403</v>
+        <v>410</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="B114" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>38</v>
+      </c>
+      <c r="C114" t="s">
+        <v>63</v>
       </c>
       <c r="D114" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E114" t="s">
         <v>56</v>
       </c>
       <c r="F114" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="G114" t="s" s="2">
-        <v>406</v>
+        <v>413</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="B115" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="C115" t="s">
+        <v>415</v>
       </c>
       <c r="D115" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E115" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F115" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="G115" t="s" s="2">
-        <v>409</v>
+        <v>417</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="B116" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>411</v>
+        <v>23</v>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Organisation de festivals et/ou événements / Production de spectacle et/ou booking / Accompagnement d’artistes professionnels et/ou amateurs / Management d’artiste</t>
+        </is>
       </c>
       <c r="D116" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E116" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F116" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="B117" t="s">
-        <v>105</v>
+        <v>421</v>
       </c>
       <c r="C117" t="s">
-        <v>105</v>
+        <v>422</v>
       </c>
       <c r="D117" t="s">
-        <v>50</v>
+        <v>222</v>
       </c>
       <c r="E117" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="F117" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="G117" t="s" s="2">
-        <v>415</v>
+        <v>424</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B118" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>29</v>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Information-conseil</t>
+        </is>
       </c>
       <c r="D118" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E118" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F118" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="G118" t="s" s="2">
-        <v>418</v>
+        <v>427</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="B119" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>Organisateur de festival / Organisateur sans lieu : Producteur / diffuseur / promoteur local / Action et médiation culturelle / Accompagnement d'artistes pro et/ou amateurs</t>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Action culturelle et médiation / Production de spectacle et/ou booking / Accompagnement d’artistes professionnels et/ou amateurs</t>
         </is>
       </c>
       <c r="D119" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E119" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F119" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="G119" t="s" s="2">
-        <v>421</v>
+        <v>430</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="B120" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C120"/>
       <c r="D120" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E120" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F120" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="G120" t="s" s="2">
-        <v>424</v>
+        <v>433</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="B121" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C121" t="s">
-        <v>426</v>
+        <v>158</v>
       </c>
       <c r="D121" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E121" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F121" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="G121" t="s" s="2">
-        <v>428</v>
+        <v>436</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="B122" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>Organisateur de festival / Employeur du plateau artistique : Tourneur / producteur de spectacle / Organisateur sans lieu : Producteur / diffuseur / promoteur local / Action et médiation culturelle / Accompagnement d'artistes pro et/ou amateurs / Management / Autre</t>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Action culturelle et médiation / Management d’artiste / Accompagnement d’artistes professionnels et/ou amateurs</t>
         </is>
       </c>
       <c r="D122" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="G122" t="s" s="2">
-        <v>431</v>
+        <v>439</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
-      <c r="C123" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C123" t="s">
+        <v>441</v>
       </c>
       <c r="D123" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>56</v>
       </c>
       <c r="F123" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="G123" t="s" s="2">
-        <v>434</v>
+        <v>443</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="B124" t="s">
-        <v>210</v>
+        <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="D124" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E124" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F124" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B125" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Employeur du plateau artistique : Tourneur / producteur de spectacle / Organisateur de festival / Accompagnement d'artistes pro et/ou amateurs</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Information-conseil / Production de spectacle et/ou booking / Organisation de festivals et/ou événements</t>
         </is>
       </c>
       <c r="D125" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E125" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F125" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="G125" t="s" s="2">
-        <v>440</v>
+        <v>449</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="B126" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Exploitant lieu de création / Studios / locaux de répétition / Action et médiation culturelle / Accompagnement d'artistes pro et/ou amateurs</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Répétition (studios)</t>
         </is>
       </c>
       <c r="D126" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E126" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F126" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="G126" t="s" s="2">
-        <v>443</v>
+        <v>452</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="B127" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C127"/>
       <c r="D127" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E127" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F127" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="G127" t="s" s="2">
-        <v>446</v>
+        <v>455</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="B128" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C128"/>
       <c r="D128" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E128" t="s">
         <v>74</v>
       </c>
       <c r="F128" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="B129" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>Organisateur de festival / Organisateur sans lieu : Producteur / diffuseur / promoteur local / Employeur du plateau artistique : Tourneur / producteur de spectacle / Accompagnement d'artistes pro et/ou amateurs</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Organisation de festivals et/ou événements / Production de spectacle et/ou booking</t>
         </is>
       </c>
       <c r="D129" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E129" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F129" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="G129" t="s" s="2">
-        <v>451</v>
+        <v>460</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="B130" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C130" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="D130" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E130" t="s">
         <v>56</v>
       </c>
       <c r="F130" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="B131" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C131"/>
       <c r="D131" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E131" t="s">
         <v>56</v>
       </c>
       <c r="F131" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="B132" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C132" t="s">
-        <v>24</v>
+        <v>415</v>
       </c>
       <c r="D132" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E132" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F132" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="G132" t="s" s="2">
-        <v>459</v>
+        <v>468</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="B133" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C133" t="s">
-        <v>45</v>
+        <v>470</v>
       </c>
       <c r="D133" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E133" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F133" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="G133" t="s" s="2">
-        <v>462</v>
+        <v>472</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
       <c r="B134" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C134" t="s">
-        <v>214</v>
+        <v>474</v>
       </c>
       <c r="D134" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="E134" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F134" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="G134" t="s" s="2">
-        <v>465</v>
+        <v>476</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
       <c r="B135" t="s">
-        <v>467</v>
+        <v>23</v>
       </c>
       <c r="C135" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="D135" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E135" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F135" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="G135" t="s" s="2">
-        <v>469</v>
+        <v>480</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>470</v>
+        <v>481</v>
       </c>
       <c r="B136" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-        </is>
+        <v>38</v>
+      </c>
+      <c r="C136" t="s">
+        <v>482</v>
       </c>
       <c r="D136" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
       <c r="G136" t="s" s="2">
-        <v>472</v>
+        <v>484</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
       <c r="D137" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E137" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F137" t="s">
-        <v>475</v>
+        <v>487</v>
       </c>
       <c r="G137" t="s" s="2">
-        <v>476</v>
+        <v>488</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
-      <c r="C138" t="s">
-        <v>478</v>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Production phonographique / Distribution phonographique / Edition musicale / Accompagnement d’artistes professionnels et/ou amateurs / Médias spécialisés radiophoniques, web, presse écrite…</t>
+        </is>
       </c>
       <c r="D138" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E138" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F138" t="s">
-        <v>479</v>
+        <v>490</v>
       </c>
       <c r="G138" t="s" s="2">
-        <v>480</v>
+        <v>491</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="B139" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C139" t="s">
         <v>19</v>
       </c>
       <c r="D139" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E139" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F139" t="s">
-        <v>482</v>
+        <v>493</v>
       </c>
       <c r="G139" t="s" s="2">
-        <v>483</v>
+        <v>494</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="B140" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C140" t="s">
-        <v>485</v>
+        <v>260</v>
       </c>
       <c r="D140" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E140" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="F140" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="B141" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="C141" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="D141" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E141" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="F141" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="B142" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="C142" t="s">
-        <v>491</v>
+        <v>478</v>
       </c>
       <c r="D142" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E142" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F142" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="G142" t="s" s="2">
-        <v>493</v>
+        <v>502</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="B143" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="C143" t="s">
+        <v>415</v>
       </c>
       <c r="D143" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E143" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F143" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="G143" t="s" s="2">
-        <v>496</v>
+        <v>505</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="B144" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>29</v>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation</t>
+        </is>
       </c>
       <c r="D144" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E144" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F144" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G144" t="s" s="2">
-        <v>499</v>
+        <v>507</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>Employeur du plateau artistique : Tourneur / producteur de spectacle / Collectif / compagnie d'artistes / Studios / locaux d'enregistrement / Mixage / mastering / Producteur phonographique / Editeur phonographique / Éditeur musical / Structure de production audiovisuelle</t>
+          <t>Production de spectacle et/ou booking / Production phonographique / Edition musicale / Production audiovisuelle / Répétition (studios) / Enregistrement, mixage, mastering (studios)</t>
         </is>
       </c>
       <c r="D145" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E145" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F145" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="G145" t="s" s="2">
-        <v>502</v>
+        <v>510</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="B146" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C146"/>
       <c r="D146" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E146" t="s">
         <v>74</v>
       </c>
       <c r="F146" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="B147" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle / Info, ressources, conseil / Exploitant lieu de création</t>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Information-conseil</t>
         </is>
       </c>
       <c r="D147" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E147" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="F147" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="G147" t="s" s="2">
-        <v>507</v>
+        <v>515</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="B148" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Organisateur de festival / Exploitant lieu de création / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Info, ressources, conseil / Action et médiation culturelle / Expositions / Formation (modules courts) / Centre de ressources</t>
+          <t>Organisation de concerts / Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Accueil de résidences artistiques / Action culturelle et médiation / Information-conseil / Répétition (studios)</t>
         </is>
       </c>
       <c r="D148" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="G148" t="s" s="2">
-        <v>510</v>
+        <v>518</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="B149" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C149"/>
       <c r="D149" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="G149" t="s" s="2">
-        <v>513</v>
+        <v>521</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="B150" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C150" t="s">
         <v>24</v>
       </c>
       <c r="D150" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E150" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="F150" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="G150" t="s" s="2">
-        <v>516</v>
+        <v>524</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="B151" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Organisateur de festival / Collectif / compagnie d'artistes / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Label / Exploitant lieu de création / Employeur du plateau artistique : Tourneur / producteur de spectacle / Management / Action et médiation culturelle / Expositions</t>
+          <t>Organisation de festivals et/ou événements / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation / Répétition (studios) / Production phonographique / Management d’artiste</t>
         </is>
       </c>
       <c r="D151" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E151" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="F151" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="G151" t="s" s="2">
-        <v>519</v>
+        <v>527</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
-      <c r="C152" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C152" t="s">
+        <v>529</v>
       </c>
       <c r="D152" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E152" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F152" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="G152" t="s" s="2">
-        <v>522</v>
+        <v>531</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="B153" t="s">
-        <v>467</v>
+        <v>23</v>
       </c>
       <c r="C153" t="s">
-        <v>453</v>
+        <v>533</v>
       </c>
       <c r="D153" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E153" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F153" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="G153" t="s" s="2">
-        <v>525</v>
+        <v>535</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="B154" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C154" t="s">
-        <v>527</v>
+        <v>260</v>
       </c>
       <c r="D154" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E154" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F154" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="G154" t="s" s="2">
-        <v>529</v>
+        <v>538</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="B155" t="s">
-        <v>531</v>
+        <v>189</v>
       </c>
       <c r="C155" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="D155" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="G155" t="s" s="2">
-        <v>533</v>
+        <v>542</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="B156" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>Exploitant lieu de diffusion / Exploitant lieu de création / Studios / locaux de répétition / Accompagnement d'artistes pro et/ou amateurs / Action et médiation culturelle</t>
+          <t>Organisation de concerts / Accueil de résidences artistiques / Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation / Répétition (studios)</t>
         </is>
       </c>
       <c r="D156" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E156" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F156" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="G156" t="s" s="2">
-        <v>536</v>
+        <v>545</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="B157" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C157" t="s">
-        <v>45</v>
+        <v>547</v>
       </c>
       <c r="D157" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E157" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F157" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="G157" t="s" s="2">
-        <v>539</v>
+        <v>549</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="B158" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C158"/>
       <c r="D158" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E158" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F158" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="G158" t="s" s="2">
-        <v>543</v>
+        <v>552</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="B159" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C159" t="s">
-        <v>397</v>
+        <v>143</v>
       </c>
       <c r="D159" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="G159" t="s" s="2">
-        <v>546</v>
+        <v>555</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="B160" t="s">
-        <v>548</v>
+        <v>220</v>
       </c>
       <c r="C160" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="D160" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="E160" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F160" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="G160" t="s" s="2">
-        <v>551</v>
+        <v>559</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="B161" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C161" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="D161" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E161" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F161" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="G161" t="s" s="2">
-        <v>555</v>
+        <v>563</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B162" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C162" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D162" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E162" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F162" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="G162" t="s" s="2">
-        <v>558</v>
+        <v>566</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="B163" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C163"/>
       <c r="D163" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="B164" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="D164" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>56</v>
       </c>
       <c r="F164" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="G164" t="s" s="2">
-        <v>563</v>
+        <v>571</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="B165" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C165"/>
       <c r="D165" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="B166" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C166"/>
+        <v>38</v>
+      </c>
+      <c r="C166" t="s">
+        <v>19</v>
+      </c>
       <c r="D166" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E166" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F166" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="G166" t="s" s="2">
-        <v>568</v>
+        <v>576</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="B167" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C167"/>
       <c r="D167" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="E167"/>
+        <v>109</v>
+      </c>
+      <c r="E167" t="s">
+        <v>15</v>
+      </c>
       <c r="F167" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="B168" t="s">
-        <v>573</v>
+        <v>50</v>
       </c>
       <c r="C168" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="D168" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E168" t="s">
         <v>56</v>
       </c>
       <c r="F168" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="G168" t="s" s="2">
-        <v>576</v>
+        <v>582</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="B169" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="C169" t="s">
+        <v>584</v>
       </c>
       <c r="D169" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E169" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F169" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="G169" t="s" s="2">
-        <v>579</v>
+        <v>586</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="B170" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C170"/>
       <c r="D170" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E170"/>
+        <v>25</v>
+      </c>
+      <c r="E170" t="s">
+        <v>15</v>
+      </c>
       <c r="F170" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="B171" t="s">
-        <v>467</v>
+        <v>23</v>
       </c>
       <c r="C171" t="s">
         <v>584</v>
       </c>
       <c r="D171" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E171" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F171" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="G171" t="s" s="2">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B172" t="s">
-        <v>573</v>
+        <v>50</v>
       </c>
       <c r="C172" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D172" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="E172"/>
+        <v>51</v>
+      </c>
+      <c r="E172" t="s">
+        <v>15</v>
+      </c>
       <c r="F172" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="G172" t="s" s="2">
-        <v>590</v>
+        <v>595</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="B173" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C173" t="s">
-        <v>45</v>
+        <v>597</v>
       </c>
       <c r="D173" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E173" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F173" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="G173" t="s" s="2">
-        <v>593</v>
+        <v>599</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="B174" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="C174" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="D174" t="s">
+        <v>25</v>
+      </c>
+      <c r="E174" t="s">
+        <v>15</v>
+      </c>
+      <c r="F174" t="s">
+        <v>602</v>
+      </c>
+      <c r="G174" t="s" s="2">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>604</v>
+      </c>
+      <c r="B175"/>
+      <c r="C175"/>
+      <c r="D175" t="s">
+        <v>109</v>
+      </c>
+      <c r="E175"/>
+      <c r="F175" t="s">
+        <v>605</v>
+      </c>
+      <c r="G175" t="s" s="2">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>607</v>
+      </c>
+      <c r="B176" t="s">
+        <v>8</v>
+      </c>
+      <c r="C176" t="s">
+        <v>608</v>
+      </c>
+      <c r="D176" t="s">
         <v>10</v>
       </c>
-      <c r="E174" t="s">
-[...6 lines deleted...]
-        <v>597</v>
+      <c r="E176" t="s">
+        <v>15</v>
+      </c>
+      <c r="F176" t="s">
+        <v>609</v>
+      </c>
+      <c r="G176" t="s" s="2">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>611</v>
+      </c>
+      <c r="B177" t="s">
+        <v>109</v>
+      </c>
+      <c r="C177" t="s">
+        <v>325</v>
+      </c>
+      <c r="D177" t="s">
+        <v>109</v>
+      </c>
+      <c r="E177"/>
+      <c r="F177" t="s">
+        <v>612</v>
+      </c>
+      <c r="G177"/>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>613</v>
+      </c>
+      <c r="B178" t="s">
+        <v>8</v>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Production de spectacle et/ou booking / Production phonographique / Enregistrement, mixage, mastering (studios)</t>
+        </is>
+      </c>
+      <c r="D178" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
+        <v>15</v>
+      </c>
+      <c r="F178" t="s">
+        <v>614</v>
+      </c>
+      <c r="G178" t="s" s="2">
+        <v>615</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1" location="" display="https://www.instagram.com/21h10_music/"/>
     <hyperlink ref="G4" r:id="rId2" location="" display="https://www.24heures.org/"/>
     <hyperlink ref="G5" r:id="rId3" location="" display="https://432hz.odoo.com/accueil"/>
     <hyperlink ref="G6" r:id="rId4" location="" display="https://www.athouboutdchant.com"/>
     <hyperlink ref="G7" r:id="rId5" location="" display="https://www.adecra.fr"/>
     <hyperlink ref="G8" r:id="rId6" location="" display="http://www.amply.fr/"/>
     <hyperlink ref="G9" r:id="rId7" location="" display="https://www.deshistoiresenmusique.com"/>
     <hyperlink ref="G11" r:id="rId8" location="" display="https://www.apejs.org"/>
     <hyperlink ref="G12" r:id="rId9" location="" display="https://www.avecavec.fr"/>
     <hyperlink ref="G14" r:id="rId10" location="" display="https://www.assautsismique.fr/"/>
     <hyperlink ref="G15" r:id="rId11" location="" display="http://ateaprod.com"/>
     <hyperlink ref="G17" r:id="rId12" location="" display="https://studiolabyrinthe.fr/"/>
     <hyperlink ref="G18" r:id="rId13" location="" display="https://www.azelar.coop/"/>
     <hyperlink ref="G19" r:id="rId14" location="" display="http://www.baam.productions"/>
     <hyperlink ref="G20" r:id="rId15" location="" display="https://www.productionbelka.com"/>
     <hyperlink ref="G22" r:id="rId16" location="" display="https://www.bizarre-venissieux.fr"/>
     <hyperlink ref="G23" r:id="rId17" location="" display="https://www.bizzartnomade.net/"/>
     <hyperlink ref="G24" r:id="rId18" location="" display="https://www.blueveinsprod.fr/"/>
     <hyperlink ref="G25" r:id="rId19" location="" display="https://borealemusic.com"/>
     <hyperlink ref="G27" r:id="rId20" location="" display="https://linktr.ee/libidolbd"/>
     <hyperlink ref="G28" r:id="rId21" location="" display="https://www.cestpasdesmanieres.org"/>
     <hyperlink ref="G29" r:id="rId22" location="" display="http://www.cefedem-aura.org/"/>
     <hyperlink ref="G30" r:id="rId23" location="" display="https://www.chateaudurozier.fr"/>
     <hyperlink ref="G31" r:id="rId24" location="" display="https://www.chateau-rouge.net"/>
     <hyperlink ref="G32" r:id="rId25" location="" display="https://chateausonic.com"/>
     <hyperlink ref="G33" r:id="rId26" location="" display="https://www.coincoinprod.org"/>
     <hyperlink ref="G34" r:id="rId27" location="" display="https://linktr.ee/lescanutes"/>
     <hyperlink ref="G35" r:id="rId28" location="" display="https://collectifpinceoreilles.com/"/>
     <hyperlink ref="G36" r:id="rId29" location="" display="https://www.compagnie4000.com"/>
     <hyperlink ref="G37" r:id="rId30" location="" display="https://www.aggloroanne.fr"/>
     <hyperlink ref="G38" r:id="rId31" location="" display="https://linktr.ee/111_centonze"/>
     <hyperlink ref="G39" r:id="rId32" location="" display="https://www.crazycatsproduction.com"/>
     <hyperlink ref="G40" r:id="rId33" location="" display="https://www.cultureservices.fr/"/>
     <hyperlink ref="G42" r:id="rId34" location="" display="https://mariondiaques.com"/>
     <hyperlink ref="G43" r:id="rId35" location="" display="https://meganedumas.com"/>
     <hyperlink ref="G44" r:id="rId36" location="" display="https://www.lydiedupuy.fr"/>
-    <hyperlink ref="G45" r:id="rId37" location="" display="https://english-rose.fr"/>
-[...110 lines deleted...]
-    <hyperlink ref="G174" r:id="rId148" location="" display="https://insolentrecords.fr/"/>
+    <hyperlink ref="G45" r:id="rId37" location="" display="https://www.duretdoux.com"/>
+    <hyperlink ref="G46" r:id="rId38" location="" display="https://english-rose.fr"/>
+    <hyperlink ref="G47" r:id="rId39" location="" display="https://www.ervafestival.com"/>
+    <hyperlink ref="G48" r:id="rId40" location="" display="https://europavox.com"/>
+    <hyperlink ref="G49" r:id="rId41" location="" display="https://www.facebook.com/fdmaofficiel"/>
+    <hyperlink ref="G50" r:id="rId42" location="" display="http://www.hibernarock.fr/"/>
+    <hyperlink ref="G51" r:id="rId43" location="" display="http://www.flowercoast.fr"/>
+    <hyperlink ref="G53" r:id="rId44" location="" display="http://www.goneprod.net/"/>
+    <hyperlink ref="G54" r:id="rId45" location="" display="https://graineselectroniques.com"/>
+    <hyperlink ref="G55" r:id="rId46" location="" display="http://greenpiste-records.com"/>
+    <hyperlink ref="G56" r:id="rId47" location="" display="https://www.hadra.net"/>
+    <hyperlink ref="G58" r:id="rId48" location="" display="https://www.radiofrance.fr/"/>
+    <hyperlink ref="G59" r:id="rId49" location="" display="https://horizon-musiques.fr/"/>
+    <hyperlink ref="G60" r:id="rId50" location="" display="https://www.hotclubjazzlyon.com/"/>
+    <hyperlink ref="G61" r:id="rId51" location="" display="https://www.idylecie.com"/>
+    <hyperlink ref="G62" r:id="rId52" location="" display="https://www.inouiedistribution.org"/>
+    <hyperlink ref="G63" r:id="rId53" location="" display="http://jarringeffects.net"/>
+    <hyperlink ref="G64" r:id="rId54" location="" display="https://www.jaspir.com"/>
+    <hyperlink ref="G65" r:id="rId55" location="" display="https://www.jazzavienne.com"/>
+    <hyperlink ref="G66" r:id="rId56" location="" display="https://www.jazzactionvalence.com/"/>
+    <hyperlink ref="G67" r:id="rId57" location="" display="https://www.facebook.com/Kasanostra-100273368383015"/>
+    <hyperlink ref="G68" r:id="rId58" location="" display="https://gabrielkeller.fr/"/>
+    <hyperlink ref="G69" r:id="rId59" location="" display="https://www.kingtao.org"/>
+    <hyperlink ref="G70" r:id="rId60" location="" display="https://kraspekmyzik.com"/>
+    <hyperlink ref="G71" r:id="rId61" location="" display="http://amperage.fr/"/>
+    <hyperlink ref="G72" r:id="rId62" location="" display="https://www.instagram.com/larpisterie/"/>
+    <hyperlink ref="G73" r:id="rId63" location="" display="https://l-ema.fr"/>
+    <hyperlink ref="G74" r:id="rId64" location="" display="https://www.marchesduvelayrochebaron.fr"/>
+    <hyperlink ref="G75" r:id="rId65" location="" display="https://www.epiceriemoderne.com"/>
+    <hyperlink ref="G76" r:id="rId66" location="" display="https://www.xn--orphe-esa.com/"/>
+    <hyperlink ref="G77" r:id="rId67" location="" display="http://gruffaz.fr/"/>
+    <hyperlink ref="G78" r:id="rId68" location="" display="http://www.la-belle-electrique.com/"/>
+    <hyperlink ref="G80" r:id="rId69" location="" display="https://www.lacoope.org"/>
+    <hyperlink ref="G81" r:id="rId70" location="" display="https://www.lacordo.com"/>
+    <hyperlink ref="G82" r:id="rId71" location="" display="https://www.la-curieuse.com"/>
+    <hyperlink ref="G83" r:id="rId72" location="" display="https://lafouleendelire.fr"/>
+    <hyperlink ref="G84" r:id="rId73" location="" display="https://www.lagrangeasons.com"/>
+    <hyperlink ref="G85" r:id="rId74" location="" display="http://locomysic.com/"/>
+    <hyperlink ref="G86" r:id="rId75" location="" display="https://lapoursuite.fr/"/>
+    <hyperlink ref="G87" r:id="rId76" location="" display="https://www.lapucealoreille63.fr"/>
+    <hyperlink ref="G88" r:id="rId77" location="" display="https://larayonne.org/"/>
+    <hyperlink ref="G89" r:id="rId78" location="" display="https://WWW.LAREINEMAB.ORG"/>
+    <hyperlink ref="G90" r:id="rId79" location="" display="https://lasource-fontaine.fr"/>
+    <hyperlink ref="G91" r:id="rId80" location="" display="https://www.la-tannerie.com"/>
+    <hyperlink ref="G92" r:id="rId81" location="" display="https://linktr.ee/labaltere"/>
+    <hyperlink ref="G93" r:id="rId82" location="" display="https://www.facebook.com/lelaboduconservatoire/"/>
+    <hyperlink ref="G94" r:id="rId83" location="" display="https://www.lamastrock.com"/>
+    <hyperlink ref="G95" r:id="rId84" location="" display="https://www.109montlucon.com"/>
+    <hyperlink ref="G96" r:id="rId85" location="" display="https://www.le-brise-glace.com"/>
+    <hyperlink ref="G97" r:id="rId86" location="" display="https://www.le-ciel.fr"/>
+    <hyperlink ref="G98" r:id="rId87" location="" display="https://www.lcdaprod.com"/>
+    <hyperlink ref="G99" r:id="rId88" location="" display="https://www.lecriducharbon.fr"/>
+    <hyperlink ref="G100" r:id="rId89" location="" display="https://www.le-fil.com"/>
+    <hyperlink ref="G101" r:id="rId90" location="" display="https://lefourneauprod.com"/>
+    <hyperlink ref="G103" r:id="rId91" location="" display="https://www.riorges.fr"/>
+    <hyperlink ref="G104" r:id="rId92" location="" display="https://legrillepain.org/"/>
+    <hyperlink ref="G106" r:id="rId93" location="" display="https://lepasdecote-mercuer.fr/"/>
+    <hyperlink ref="G107" r:id="rId94" location="" display="https://www.lepax.fr"/>
+    <hyperlink ref="G108" r:id="rId95" location="" display="http://www.periscope-lyon.com"/>
+    <hyperlink ref="G109" r:id="rId96" location="" display="http://www.gagajazz.com"/>
+    <hyperlink ref="G110" r:id="rId97" location="" display="https://www.lestartingblock.com/"/>
+    <hyperlink ref="G111" r:id="rId98" location="" display="http://www.transbordeur.fr/accueil/"/>
+    <hyperlink ref="G112" r:id="rId99" location="" display="https://www.lesentetes.com"/>
+    <hyperlink ref="G113" r:id="rId100" location="" display="https://lesnuitsdelaroulotte.com/"/>
+    <hyperlink ref="G114" r:id="rId101" location="" display="https://www.facebook.com/lesrigolessaintetienne"/>
+    <hyperlink ref="G115" r:id="rId102" location="" display="https://www.lesvertebrees.fr"/>
+    <hyperlink ref="G117" r:id="rId103" location="" display="https://letit-paies.fr/"/>
+    <hyperlink ref="G118" r:id="rId104" location="" display="http://www.marchegare.fr/"/>
+    <hyperlink ref="G119" r:id="rId105" location="" display="http://mediatone-lyon.net/"/>
+    <hyperlink ref="G120" r:id="rId106" location="" display="https://www.melbalavraie.com/"/>
+    <hyperlink ref="G121" r:id="rId107" location="" display="https://www.mistralpalace.com"/>
+    <hyperlink ref="G122" r:id="rId108" location="" display="https://www.mixarts.org"/>
+    <hyperlink ref="G123" r:id="rId109" location="" display="https://www.neomme.com"/>
+    <hyperlink ref="G125" r:id="rId110" location="" display="https://www.ninkasi.fr/"/>
+    <hyperlink ref="G126" r:id="rId111" location="" display="https://www.mjcrillieux.com"/>
+    <hyperlink ref="G127" r:id="rId112" location="" display="https://www.facebook.com/dadisplayingmachine"/>
+    <hyperlink ref="G129" r:id="rId113" location="" display="https://www.podium.agency/"/>
+    <hyperlink ref="G132" r:id="rId114" location="" display="https://www.premier-jour.com"/>
+    <hyperlink ref="G133" r:id="rId115" location="" display="https://www.pyramiid-production.com/"/>
+    <hyperlink ref="G134" r:id="rId116" location="" display="https://www.radio-mega.com"/>
+    <hyperlink ref="G135" r:id="rId117" location="" display="https://linktr.ee/fannyraynelegros"/>
+    <hyperlink ref="G136" r:id="rId118" location="" display="http://www.retourdescene.net/"/>
+    <hyperlink ref="G137" r:id="rId119" location="" display="https://rhonexmusic.com"/>
+    <hyperlink ref="G138" r:id="rId120" location="" display="https://www.riptiderecords.fr"/>
+    <hyperlink ref="G139" r:id="rId121" location="" display="http://www.rockontheloule.org"/>
+    <hyperlink ref="G142" r:id="rId122" location="" display="https://runningtree.fr/"/>
+    <hyperlink ref="G143" r:id="rId123" location="" display="https://www.salamah.fr"/>
+    <hyperlink ref="G144" r:id="rId124" location="" display="http://www.mjcduvieuxlyon.com/salle-leo-ferre-2/"/>
+    <hyperlink ref="G145" r:id="rId125" location="" display="https://www.ecrantotalmusique.com"/>
+    <hyperlink ref="G147" r:id="rId126" location="" display="https://www.smac07.com"/>
+    <hyperlink ref="G148" r:id="rId127" location="" display="http://www.lesabattoirs.fr"/>
+    <hyperlink ref="G149" r:id="rId128" location="" display="https://diamusique.fr"/>
+    <hyperlink ref="G150" r:id="rId129" location="" display="https://www.sophiane.net"/>
+    <hyperlink ref="G151" r:id="rId130" location="" display="https://www.supreme-legacy.fr"/>
+    <hyperlink ref="G152" r:id="rId131" location="" display="https://instagram.com/tamyaproduction"/>
+    <hyperlink ref="G153" r:id="rId132" location="" display="http://taranuck.com/"/>
+    <hyperlink ref="G154" r:id="rId133" location="" display="https://linktr.ee/tartinoprod"/>
+    <hyperlink ref="G155" r:id="rId134" location="" display="http://reseau-tempo.com"/>
+    <hyperlink ref="G156" r:id="rId135" location="" display="https://www.toitoilezinc.fr"/>
+    <hyperlink ref="G157" r:id="rId136" location="" display="https://www.totaalrez.com"/>
+    <hyperlink ref="G158" r:id="rId137" location="" display="https://tramoykanytrio.com"/>
+    <hyperlink ref="G159" r:id="rId138" location="" display="http://www.traquenard-prod.fr/"/>
+    <hyperlink ref="G160" r:id="rId139" location="" display="https://tworivers.fr"/>
+    <hyperlink ref="G161" r:id="rId140" location="" display="http://www.vibrationssurlefil.com"/>
+    <hyperlink ref="G162" r:id="rId141" location="" display="https://www.woodstower.com"/>
+    <hyperlink ref="G164" r:id="rId142" location="" display="https://www.zproduction.org"/>
+    <hyperlink ref="G166" r:id="rId143" location="" display="https://www.zefiestival.net/9-zamm"/>
+    <hyperlink ref="G168" r:id="rId144" location="" display="https://tuataracreative.com/"/>
+    <hyperlink ref="G169" r:id="rId145" location="" display="https://majeures.org/annuaire/estelle-porto/"/>
+    <hyperlink ref="G171" r:id="rId146" location="" display="https://www.hiddensparkbooking.com"/>
+    <hyperlink ref="G172" r:id="rId147" location="" display="https://www.jeanrobertbisaillon.ca/"/>
+    <hyperlink ref="G173" r:id="rId148" location="" display="https://festivaldesimaginaireslibres.fr"/>
+    <hyperlink ref="G174" r:id="rId149" location="" display="https://insolentrecords.fr/"/>
+    <hyperlink ref="G175" r:id="rId150" location="" display="https://instagram.com/jesuisincendie"/>
+    <hyperlink ref="G176" r:id="rId151" location="" display="https://www.bistanclaque.fr/studio-lieu"/>
+    <hyperlink ref="G178" r:id="rId152" location="" display="https://www.instagram.com/cocoglamrecords/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>