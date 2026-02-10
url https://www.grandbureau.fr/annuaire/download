--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="616" uniqueCount="616">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="623" uniqueCount="623">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Activité principale</t>
   </si>
   <si>
     <t>Activités secondaires</t>
   </si>
   <si>
     <t>Pole d'activité Grand Bureau</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Siteweb</t>
   </si>
   <si>
     <t>21H10 MUSIC</t>
   </si>
   <si>
@@ -1857,50 +1857,71 @@
     <t>Studio à Tisser</t>
   </si>
   <si>
     <t>Production phonographique / Production audiovisuelle / Enregistrement, mixage, mastering (studios) / Répétition (studios)</t>
   </si>
   <si>
     <t>41 rue du mail  69004 Lyon</t>
   </si>
   <si>
     <t>https://www.bistanclaque.fr/studio-lieu</t>
   </si>
   <si>
     <t>GUERREIRO Johanna</t>
   </si>
   <si>
     <t>12 Rue Diderot  69001 Lyon</t>
   </si>
   <si>
     <t>COCO GLAM RECORDS</t>
   </si>
   <si>
     <t>21 RUE SAINT-VICTORIEN FRICHE LAMARTINE 69003 LYON 3EME</t>
   </si>
   <si>
     <t>https://www.instagram.com/cocoglamrecords/</t>
+  </si>
+  <si>
+    <t>Johanna GUERREIRO</t>
+  </si>
+  <si>
+    <t>Action culturelle et médiation / Organisation de concerts / Organisation de festivals et/ou événements / Production phonographique</t>
+  </si>
+  <si>
+    <t>https://linktr.ee/Mad.J</t>
+  </si>
+  <si>
+    <t>Chusseau Emilien</t>
+  </si>
+  <si>
+    <t>Enregistrement, mixage, mastering (studios) / Production de spectacle et/ou booking</t>
+  </si>
+  <si>
+    <t>24 rue du lavoir  42360 Essertines en Donzy</t>
+  </si>
+  <si>
+    <t>https://compagniedelaroche.fr/melodem</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <u/>
       <color rgb="FF0563C1"/>
     </font>
   </fonts>
@@ -2074,56 +2095,58 @@
 <Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lesabattoirs.fr" TargetMode="External"/>
 <Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diamusique.fr" TargetMode="External"/>
 <Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sophiane.net" TargetMode="External"/>
 <Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.supreme-legacy.fr" TargetMode="External"/>
 <Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://instagram.com/tamyaproduction" TargetMode="External"/>
 <Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://taranuck.com/" TargetMode="External"/>
 <Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/tartinoprod" TargetMode="External"/>
 <Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://reseau-tempo.com" TargetMode="External"/>
 <Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.toitoilezinc.fr" TargetMode="External"/>
 <Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.totaalrez.com" TargetMode="External"/>
 <Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tramoykanytrio.com" TargetMode="External"/>
 <Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.traquenard-prod.fr/" TargetMode="External"/>
 <Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tworivers.fr" TargetMode="External"/>
 <Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vibrationssurlefil.com" TargetMode="External"/>
 <Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.woodstower.com" TargetMode="External"/>
 <Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zproduction.org" TargetMode="External"/>
 <Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zefiestival.net/9-zamm" TargetMode="External"/>
 <Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuataracreative.com/" TargetMode="External"/>
 <Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://majeures.org/annuaire/estelle-porto/" TargetMode="External"/>
 <Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hiddensparkbooking.com" TargetMode="External"/>
 <Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeanrobertbisaillon.ca/" TargetMode="External"/>
 <Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://festivaldesimaginaireslibres.fr" TargetMode="External"/>
 <Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insolentrecords.fr/" TargetMode="External"/>
 <Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://instagram.com/jesuisincendie" TargetMode="External"/>
 <Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bistanclaque.fr/studio-lieu" TargetMode="External"/>
-<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/cocoglamrecords/" TargetMode="External"/></Relationships>
+<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/cocoglamrecords/" TargetMode="External"/>
+<Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/Mad.J" TargetMode="External"/>
+<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://compagniedelaroche.fr/melodem" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:G178"/>
+  <dimension ref="A1:G180"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="40" customWidth="1"/>
     <col min="5" max="5" width="18" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="52" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -6166,50 +6189,92 @@
       <c r="G177"/>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>613</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Production de spectacle et/ou booking / Production phonographique / Enregistrement, mixage, mastering (studios)</t>
         </is>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>15</v>
       </c>
       <c r="F178" t="s">
         <v>614</v>
       </c>
       <c r="G178" t="s" s="2">
         <v>615</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>616</v>
+      </c>
+      <c r="B179" t="s">
+        <v>109</v>
+      </c>
+      <c r="C179" t="s">
+        <v>617</v>
+      </c>
+      <c r="D179" t="s">
+        <v>109</v>
+      </c>
+      <c r="E179"/>
+      <c r="F179" t="s">
+        <v>612</v>
+      </c>
+      <c r="G179" t="s" s="2">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>619</v>
+      </c>
+      <c r="B180" t="s">
+        <v>109</v>
+      </c>
+      <c r="C180" t="s">
+        <v>620</v>
+      </c>
+      <c r="D180" t="s">
+        <v>25</v>
+      </c>
+      <c r="E180"/>
+      <c r="F180" t="s">
+        <v>621</v>
+      </c>
+      <c r="G180" t="s" s="2">
+        <v>622</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1" location="" display="https://www.instagram.com/21h10_music/"/>
     <hyperlink ref="G4" r:id="rId2" location="" display="https://www.24heures.org/"/>
     <hyperlink ref="G5" r:id="rId3" location="" display="https://432hz.odoo.com/accueil"/>
     <hyperlink ref="G6" r:id="rId4" location="" display="https://www.athouboutdchant.com"/>
     <hyperlink ref="G7" r:id="rId5" location="" display="https://www.adecra.fr"/>
     <hyperlink ref="G8" r:id="rId6" location="" display="http://www.amply.fr/"/>
     <hyperlink ref="G9" r:id="rId7" location="" display="https://www.deshistoiresenmusique.com"/>
     <hyperlink ref="G11" r:id="rId8" location="" display="https://www.apejs.org"/>
     <hyperlink ref="G12" r:id="rId9" location="" display="https://www.avecavec.fr"/>
     <hyperlink ref="G14" r:id="rId10" location="" display="https://www.assautsismique.fr/"/>
     <hyperlink ref="G15" r:id="rId11" location="" display="http://ateaprod.com"/>
     <hyperlink ref="G17" r:id="rId12" location="" display="https://studiolabyrinthe.fr/"/>
     <hyperlink ref="G18" r:id="rId13" location="" display="https://www.azelar.coop/"/>
     <hyperlink ref="G19" r:id="rId14" location="" display="http://www.baam.productions"/>
     <hyperlink ref="G20" r:id="rId15" location="" display="https://www.productionbelka.com"/>
     <hyperlink ref="G22" r:id="rId16" location="" display="https://www.bizarre-venissieux.fr"/>
     <hyperlink ref="G23" r:id="rId17" location="" display="https://www.bizzartnomade.net/"/>
     <hyperlink ref="G24" r:id="rId18" location="" display="https://www.blueveinsprod.fr/"/>
     <hyperlink ref="G25" r:id="rId19" location="" display="https://borealemusic.com"/>
     <hyperlink ref="G27" r:id="rId20" location="" display="https://linktr.ee/libidolbd"/>
     <hyperlink ref="G28" r:id="rId21" location="" display="https://www.cestpasdesmanieres.org"/>
@@ -6322,50 +6387,52 @@
     <hyperlink ref="G149" r:id="rId128" location="" display="https://diamusique.fr"/>
     <hyperlink ref="G150" r:id="rId129" location="" display="https://www.sophiane.net"/>
     <hyperlink ref="G151" r:id="rId130" location="" display="https://www.supreme-legacy.fr"/>
     <hyperlink ref="G152" r:id="rId131" location="" display="https://instagram.com/tamyaproduction"/>
     <hyperlink ref="G153" r:id="rId132" location="" display="http://taranuck.com/"/>
     <hyperlink ref="G154" r:id="rId133" location="" display="https://linktr.ee/tartinoprod"/>
     <hyperlink ref="G155" r:id="rId134" location="" display="http://reseau-tempo.com"/>
     <hyperlink ref="G156" r:id="rId135" location="" display="https://www.toitoilezinc.fr"/>
     <hyperlink ref="G157" r:id="rId136" location="" display="https://www.totaalrez.com"/>
     <hyperlink ref="G158" r:id="rId137" location="" display="https://tramoykanytrio.com"/>
     <hyperlink ref="G159" r:id="rId138" location="" display="http://www.traquenard-prod.fr/"/>
     <hyperlink ref="G160" r:id="rId139" location="" display="https://tworivers.fr"/>
     <hyperlink ref="G161" r:id="rId140" location="" display="http://www.vibrationssurlefil.com"/>
     <hyperlink ref="G162" r:id="rId141" location="" display="https://www.woodstower.com"/>
     <hyperlink ref="G164" r:id="rId142" location="" display="https://www.zproduction.org"/>
     <hyperlink ref="G166" r:id="rId143" location="" display="https://www.zefiestival.net/9-zamm"/>
     <hyperlink ref="G168" r:id="rId144" location="" display="https://tuataracreative.com/"/>
     <hyperlink ref="G169" r:id="rId145" location="" display="https://majeures.org/annuaire/estelle-porto/"/>
     <hyperlink ref="G171" r:id="rId146" location="" display="https://www.hiddensparkbooking.com"/>
     <hyperlink ref="G172" r:id="rId147" location="" display="https://www.jeanrobertbisaillon.ca/"/>
     <hyperlink ref="G173" r:id="rId148" location="" display="https://festivaldesimaginaireslibres.fr"/>
     <hyperlink ref="G174" r:id="rId149" location="" display="https://insolentrecords.fr/"/>
     <hyperlink ref="G175" r:id="rId150" location="" display="https://instagram.com/jesuisincendie"/>
     <hyperlink ref="G176" r:id="rId151" location="" display="https://www.bistanclaque.fr/studio-lieu"/>
     <hyperlink ref="G178" r:id="rId152" location="" display="https://www.instagram.com/cocoglamrecords/"/>
+    <hyperlink ref="G179" r:id="rId153" location="" display="https://linktr.ee/Mad.J"/>
+    <hyperlink ref="G180" r:id="rId154" location="" display="https://compagniedelaroche.fr/melodem"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>