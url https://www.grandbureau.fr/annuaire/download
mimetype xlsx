--- v2 (2026-02-10)
+++ v3 (2026-03-27)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="623" uniqueCount="623">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="637">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Activité principale</t>
   </si>
   <si>
     <t>Activités secondaires</t>
   </si>
   <si>
     <t>Pole d'activité Grand Bureau</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Siteweb</t>
   </si>
   <si>
     <t>21H10 MUSIC</t>
   </si>
   <si>
@@ -1712,56 +1712,50 @@
   <si>
     <t>https://tworivers.fr</t>
   </si>
   <si>
     <t>VIBRATIONS SUR LE FIL</t>
   </si>
   <si>
     <t>Production de spectacle et/ou booking / Production phonographique / Management d’artiste / Accompagnement d’artistes professionnels et/ou amateurs</t>
   </si>
   <si>
     <t>1950 Route de Montrottier  69490 Ancy</t>
   </si>
   <si>
     <t>http://www.vibrationssurlefil.com</t>
   </si>
   <si>
     <t>WOODSTOWER</t>
   </si>
   <si>
     <t>3 Quai Claude Bernard  69007 Lyon</t>
   </si>
   <si>
     <t>https://www.woodstower.com</t>
   </si>
   <si>
-    <t>YERAZ MUSIQUE</t>
-[...4 lines deleted...]
-  <si>
     <t>Z PRODUCTION</t>
   </si>
   <si>
     <t>Production de spectacle et/ou booking / Production phonographique / Organisation de concerts</t>
   </si>
   <si>
     <t>https://www.zproduction.org</t>
   </si>
   <si>
     <t>ZAGALA Mathilde</t>
   </si>
   <si>
     <t>95 chemin de l'Eglise  38140  Charnècles</t>
   </si>
   <si>
     <t>ZAMM (Zacade Action Musique Marsanne)</t>
   </si>
   <si>
     <t>ZAMM, Mairie de Marsanne    26740 Marsanne</t>
   </si>
   <si>
     <t>https://www.zefiestival.net/9-zamm</t>
   </si>
   <si>
     <t>BIJAOUI-LUCILE</t>
@@ -1878,50 +1872,98 @@
     <t>21 RUE SAINT-VICTORIEN FRICHE LAMARTINE 69003 LYON 3EME</t>
   </si>
   <si>
     <t>https://www.instagram.com/cocoglamrecords/</t>
   </si>
   <si>
     <t>Johanna GUERREIRO</t>
   </si>
   <si>
     <t>Action culturelle et médiation / Organisation de concerts / Organisation de festivals et/ou événements / Production phonographique</t>
   </si>
   <si>
     <t>https://linktr.ee/Mad.J</t>
   </si>
   <si>
     <t>Chusseau Emilien</t>
   </si>
   <si>
     <t>Enregistrement, mixage, mastering (studios) / Production de spectacle et/ou booking</t>
   </si>
   <si>
     <t>24 rue du lavoir  42360 Essertines en Donzy</t>
   </si>
   <si>
     <t>https://compagniedelaroche.fr/melodem</t>
+  </si>
+  <si>
+    <t>TDN / EN COURS DE VALIDATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">n° + rue   </t>
+  </si>
+  <si>
+    <t>Jacquard - Nicolas Tarik</t>
+  </si>
+  <si>
+    <t>Accompagnement d’artistes professionnels et/ou amateurs / Action culturelle et médiation / Enregistrement, mixage, mastering (studios)</t>
+  </si>
+  <si>
+    <t>4 impasse Tarentaise  69300 CALUIRE-ET-CUIRE CALUIRE-ET-CUIRE</t>
+  </si>
+  <si>
+    <t>https://www.nicolastarik.fr</t>
+  </si>
+  <si>
+    <t>Superpowrless</t>
+  </si>
+  <si>
+    <t>Production phonographique / Production de spectacle et/ou booking / Accompagnement d’artistes professionnels et/ou amateurs / Organisation de concerts</t>
+  </si>
+  <si>
+    <t>45 rue Creuzet  69007 Lyon</t>
+  </si>
+  <si>
+    <t>https://www.instagram.com/superpowerless.prod/?hl=fr</t>
+  </si>
+  <si>
+    <t>Britschgi Josselin</t>
+  </si>
+  <si>
+    <t>2, rue Bonnefoi  69003 LYON</t>
+  </si>
+  <si>
+    <t>NEBULEUSE SONORE</t>
+  </si>
+  <si>
+    <t>1122 route de Sarcey  69490 Vindry-sur-Turdine</t>
+  </si>
+  <si>
+    <t>https://nebuleuse-sonore.odoo.com/</t>
+  </si>
+  <si>
+    <t>iNOUïS du Printemps de Bourges</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
       <u/>
       <color rgb="FF0563C1"/>
     </font>
   </fonts>
@@ -2097,64 +2139,67 @@
 <Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sophiane.net" TargetMode="External"/>
 <Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.supreme-legacy.fr" TargetMode="External"/>
 <Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://instagram.com/tamyaproduction" TargetMode="External"/>
 <Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://taranuck.com/" TargetMode="External"/>
 <Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/tartinoprod" TargetMode="External"/>
 <Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://reseau-tempo.com" TargetMode="External"/>
 <Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.toitoilezinc.fr" TargetMode="External"/>
 <Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.totaalrez.com" TargetMode="External"/>
 <Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tramoykanytrio.com" TargetMode="External"/>
 <Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.traquenard-prod.fr/" TargetMode="External"/>
 <Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tworivers.fr" TargetMode="External"/>
 <Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vibrationssurlefil.com" TargetMode="External"/>
 <Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.woodstower.com" TargetMode="External"/>
 <Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zproduction.org" TargetMode="External"/>
 <Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zefiestival.net/9-zamm" TargetMode="External"/>
 <Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuataracreative.com/" TargetMode="External"/>
 <Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://majeures.org/annuaire/estelle-porto/" TargetMode="External"/>
 <Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hiddensparkbooking.com" TargetMode="External"/>
 <Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeanrobertbisaillon.ca/" TargetMode="External"/>
 <Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://festivaldesimaginaireslibres.fr" TargetMode="External"/>
 <Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insolentrecords.fr/" TargetMode="External"/>
 <Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://instagram.com/jesuisincendie" TargetMode="External"/>
 <Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bistanclaque.fr/studio-lieu" TargetMode="External"/>
 <Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/cocoglamrecords/" TargetMode="External"/>
 <Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linktr.ee/Mad.J" TargetMode="External"/>
-<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://compagniedelaroche.fr/melodem" TargetMode="External"/></Relationships>
+<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://compagniedelaroche.fr/melodem" TargetMode="External"/>
+<Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nicolastarik.fr" TargetMode="External"/>
+<Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/superpowerless.prod/?hl=fr" TargetMode="External"/>
+<Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nebuleuse-sonore.odoo.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:G180"/>
+  <dimension ref="A1:G185"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="40" customWidth="1"/>
     <col min="5" max="5" width="18" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
-    <col min="7" max="7" width="52" customWidth="1"/>
+    <col min="7" max="7" width="53" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
@@ -5852,430 +5897,525 @@
       </c>
       <c r="B162" t="s">
         <v>18</v>
       </c>
       <c r="C162" t="s">
         <v>128</v>
       </c>
       <c r="D162" t="s">
         <v>18</v>
       </c>
       <c r="E162" t="s">
         <v>15</v>
       </c>
       <c r="F162" t="s">
         <v>565</v>
       </c>
       <c r="G162" t="s" s="2">
         <v>566</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>567</v>
       </c>
       <c r="B163" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C163"/>
+        <v>8</v>
+      </c>
+      <c r="C163" t="s">
+        <v>568</v>
+      </c>
       <c r="D163" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="E163" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="F163" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="G163"/>
+        <v>237</v>
+      </c>
+      <c r="G163" t="s" s="2">
+        <v>569</v>
+      </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B164" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C164"/>
       <c r="D164" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="E164" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="F164" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="G164" t="s" s="2">
         <v>571</v>
       </c>
+      <c r="G164"/>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>572</v>
       </c>
       <c r="B165" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C165"/>
+        <v>38</v>
+      </c>
+      <c r="C165" t="s">
+        <v>19</v>
+      </c>
       <c r="D165" t="s">
-        <v>109</v>
+        <v>30</v>
       </c>
       <c r="E165" t="s">
-        <v>11</v>
+        <v>94</v>
       </c>
       <c r="F165" t="s">
         <v>573</v>
       </c>
-      <c r="G165"/>
+      <c r="G165" t="s" s="2">
+        <v>574</v>
+      </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B166" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C166"/>
       <c r="D166" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="E166" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="F166" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="G166" t="s" s="2">
         <v>576</v>
       </c>
+      <c r="G166"/>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>577</v>
       </c>
       <c r="B167" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C167"/>
+        <v>50</v>
+      </c>
+      <c r="C167" t="s">
+        <v>578</v>
+      </c>
       <c r="D167" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="E167" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="F167" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="G167"/>
+        <v>579</v>
+      </c>
+      <c r="G167" t="s" s="2">
+        <v>580</v>
+      </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B168" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="C168" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D168" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="E168" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F168" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="G168" t="s" s="2">
-        <v>582</v>
+        <v>584</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B169" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="C169"/>
       <c r="D169" t="s">
         <v>25</v>
       </c>
       <c r="E169" t="s">
         <v>15</v>
       </c>
       <c r="F169" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="G169" t="s" s="2">
         <v>586</v>
       </c>
+      <c r="G169"/>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>587</v>
       </c>
       <c r="B170" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="C170"/>
+        <v>23</v>
+      </c>
+      <c r="C170" t="s">
+        <v>582</v>
+      </c>
       <c r="D170" t="s">
         <v>25</v>
       </c>
       <c r="E170" t="s">
         <v>15</v>
       </c>
       <c r="F170" t="s">
         <v>588</v>
       </c>
-      <c r="G170"/>
+      <c r="G170" t="s" s="2">
+        <v>589</v>
+      </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B171" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="C171" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="D171" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="E171" t="s">
         <v>15</v>
       </c>
       <c r="F171" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="G171" t="s" s="2">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B172" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="C172" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D172" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="E172" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="F172" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="G172" t="s" s="2">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B173" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C173" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D173" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E173" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="F173" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="G173" t="s" s="2">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>600</v>
-[...6 lines deleted...]
-      </c>
+        <v>602</v>
+      </c>
+      <c r="B174"/>
+      <c r="C174"/>
       <c r="D174" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="E174"/>
       <c r="F174" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="G174" t="s" s="2">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-      <c r="C175"/>
+        <v>605</v>
+      </c>
+      <c r="B175" t="s">
+        <v>8</v>
+      </c>
+      <c r="C175" t="s">
+        <v>606</v>
+      </c>
       <c r="D175" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="E175"/>
+        <v>10</v>
+      </c>
+      <c r="E175" t="s">
+        <v>15</v>
+      </c>
       <c r="F175" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G175" t="s" s="2">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B176" t="s">
-        <v>8</v>
+        <v>109</v>
       </c>
       <c r="C176" t="s">
-        <v>608</v>
+        <v>325</v>
       </c>
       <c r="D176" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="E176"/>
       <c r="F176" t="s">
-        <v>609</v>
-[...1 lines deleted...]
-      <c r="G176" t="s" s="2">
         <v>610</v>
       </c>
+      <c r="G176"/>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>611</v>
       </c>
       <c r="B177" t="s">
-        <v>109</v>
-[...17 lines deleted...]
-      <c r="B178" t="s">
         <v>8</v>
       </c>
-      <c r="C178" t="inlineStr">
+      <c r="C177" t="inlineStr">
         <is>
           <t>Organisation de concerts / Accompagnement d’artistes professionnels et/ou amateurs / Production de spectacle et/ou booking / Production phonographique / Enregistrement, mixage, mastering (studios)</t>
         </is>
       </c>
+      <c r="D177" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" t="s">
+        <v>612</v>
+      </c>
+      <c r="G177" t="s" s="2">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>614</v>
+      </c>
+      <c r="B178" t="s">
+        <v>109</v>
+      </c>
+      <c r="C178" t="s">
+        <v>615</v>
+      </c>
       <c r="D178" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="E178"/>
       <c r="F178" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="G178" t="s" s="2">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B179" t="s">
         <v>109</v>
       </c>
       <c r="C179" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D179" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="G179" t="s" s="2">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="B180" t="s">
+        <v>621</v>
+      </c>
+      <c r="B180"/>
+      <c r="C180"/>
+      <c r="D180"/>
+      <c r="E180" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" t="s">
+        <v>622</v>
+      </c>
+      <c r="G180"/>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>623</v>
+      </c>
+      <c r="B181" t="s">
         <v>109</v>
       </c>
-      <c r="C180" t="s">
-[...2 lines deleted...]
-      <c r="D180" t="s">
+      <c r="C181" t="s">
+        <v>624</v>
+      </c>
+      <c r="D181" t="s">
+        <v>109</v>
+      </c>
+      <c r="E181"/>
+      <c r="F181" t="s">
+        <v>625</v>
+      </c>
+      <c r="G181" t="s" s="2">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>627</v>
+      </c>
+      <c r="B182" t="s">
+        <v>23</v>
+      </c>
+      <c r="C182" t="s">
+        <v>628</v>
+      </c>
+      <c r="D182" t="s">
         <v>25</v>
       </c>
-      <c r="E180"/>
-[...3 lines deleted...]
-      <c r="G180" t="s" s="2">
+      <c r="E182" t="s">
+        <v>15</v>
+      </c>
+      <c r="F182" t="s">
+        <v>629</v>
+      </c>
+      <c r="G182" t="s" s="2">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>631</v>
+      </c>
+      <c r="B183" t="s">
+        <v>23</v>
+      </c>
+      <c r="C183" t="s">
+        <v>339</v>
+      </c>
+      <c r="D183" t="s">
+        <v>25</v>
+      </c>
+      <c r="E183"/>
+      <c r="F183" t="s">
+        <v>632</v>
+      </c>
+      <c r="G183"/>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>633</v>
+      </c>
+      <c r="B184" t="s">
+        <v>23</v>
+      </c>
+      <c r="C184" t="s">
+        <v>568</v>
+      </c>
+      <c r="D184" t="s">
+        <v>25</v>
+      </c>
+      <c r="E184" t="s">
+        <v>15</v>
+      </c>
+      <c r="F184" t="s">
+        <v>634</v>
+      </c>
+      <c r="G184" t="s" s="2">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>636</v>
+      </c>
+      <c r="B185"/>
+      <c r="C185"/>
+      <c r="D185"/>
+      <c r="E185"/>
+      <c r="F185" t="s">
         <v>622</v>
       </c>
+      <c r="G185"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1" location="" display="https://www.instagram.com/21h10_music/"/>
     <hyperlink ref="G4" r:id="rId2" location="" display="https://www.24heures.org/"/>
     <hyperlink ref="G5" r:id="rId3" location="" display="https://432hz.odoo.com/accueil"/>
     <hyperlink ref="G6" r:id="rId4" location="" display="https://www.athouboutdchant.com"/>
     <hyperlink ref="G7" r:id="rId5" location="" display="https://www.adecra.fr"/>
     <hyperlink ref="G8" r:id="rId6" location="" display="http://www.amply.fr/"/>
     <hyperlink ref="G9" r:id="rId7" location="" display="https://www.deshistoiresenmusique.com"/>
     <hyperlink ref="G11" r:id="rId8" location="" display="https://www.apejs.org"/>
     <hyperlink ref="G12" r:id="rId9" location="" display="https://www.avecavec.fr"/>
     <hyperlink ref="G14" r:id="rId10" location="" display="https://www.assautsismique.fr/"/>
     <hyperlink ref="G15" r:id="rId11" location="" display="http://ateaprod.com"/>
     <hyperlink ref="G17" r:id="rId12" location="" display="https://studiolabyrinthe.fr/"/>
     <hyperlink ref="G18" r:id="rId13" location="" display="https://www.azelar.coop/"/>
     <hyperlink ref="G19" r:id="rId14" location="" display="http://www.baam.productions"/>
     <hyperlink ref="G20" r:id="rId15" location="" display="https://www.productionbelka.com"/>
     <hyperlink ref="G22" r:id="rId16" location="" display="https://www.bizarre-venissieux.fr"/>
     <hyperlink ref="G23" r:id="rId17" location="" display="https://www.bizzartnomade.net/"/>
     <hyperlink ref="G24" r:id="rId18" location="" display="https://www.blueveinsprod.fr/"/>
     <hyperlink ref="G25" r:id="rId19" location="" display="https://borealemusic.com"/>
     <hyperlink ref="G27" r:id="rId20" location="" display="https://linktr.ee/libidolbd"/>
     <hyperlink ref="G28" r:id="rId21" location="" display="https://www.cestpasdesmanieres.org"/>
     <hyperlink ref="G29" r:id="rId22" location="" display="http://www.cefedem-aura.org/"/>
@@ -6376,63 +6516,66 @@
     <hyperlink ref="G135" r:id="rId117" location="" display="https://linktr.ee/fannyraynelegros"/>
     <hyperlink ref="G136" r:id="rId118" location="" display="http://www.retourdescene.net/"/>
     <hyperlink ref="G137" r:id="rId119" location="" display="https://rhonexmusic.com"/>
     <hyperlink ref="G138" r:id="rId120" location="" display="https://www.riptiderecords.fr"/>
     <hyperlink ref="G139" r:id="rId121" location="" display="http://www.rockontheloule.org"/>
     <hyperlink ref="G142" r:id="rId122" location="" display="https://runningtree.fr/"/>
     <hyperlink ref="G143" r:id="rId123" location="" display="https://www.salamah.fr"/>
     <hyperlink ref="G144" r:id="rId124" location="" display="http://www.mjcduvieuxlyon.com/salle-leo-ferre-2/"/>
     <hyperlink ref="G145" r:id="rId125" location="" display="https://www.ecrantotalmusique.com"/>
     <hyperlink ref="G147" r:id="rId126" location="" display="https://www.smac07.com"/>
     <hyperlink ref="G148" r:id="rId127" location="" display="http://www.lesabattoirs.fr"/>
     <hyperlink ref="G149" r:id="rId128" location="" display="https://diamusique.fr"/>
     <hyperlink ref="G150" r:id="rId129" location="" display="https://www.sophiane.net"/>
     <hyperlink ref="G151" r:id="rId130" location="" display="https://www.supreme-legacy.fr"/>
     <hyperlink ref="G152" r:id="rId131" location="" display="https://instagram.com/tamyaproduction"/>
     <hyperlink ref="G153" r:id="rId132" location="" display="http://taranuck.com/"/>
     <hyperlink ref="G154" r:id="rId133" location="" display="https://linktr.ee/tartinoprod"/>
     <hyperlink ref="G155" r:id="rId134" location="" display="http://reseau-tempo.com"/>
     <hyperlink ref="G156" r:id="rId135" location="" display="https://www.toitoilezinc.fr"/>
     <hyperlink ref="G157" r:id="rId136" location="" display="https://www.totaalrez.com"/>
     <hyperlink ref="G158" r:id="rId137" location="" display="https://tramoykanytrio.com"/>
     <hyperlink ref="G159" r:id="rId138" location="" display="http://www.traquenard-prod.fr/"/>
     <hyperlink ref="G160" r:id="rId139" location="" display="https://tworivers.fr"/>
     <hyperlink ref="G161" r:id="rId140" location="" display="http://www.vibrationssurlefil.com"/>
     <hyperlink ref="G162" r:id="rId141" location="" display="https://www.woodstower.com"/>
-    <hyperlink ref="G164" r:id="rId142" location="" display="https://www.zproduction.org"/>
-[...11 lines deleted...]
-    <hyperlink ref="G180" r:id="rId154" location="" display="https://compagniedelaroche.fr/melodem"/>
+    <hyperlink ref="G163" r:id="rId142" location="" display="https://www.zproduction.org"/>
+    <hyperlink ref="G165" r:id="rId143" location="" display="https://www.zefiestival.net/9-zamm"/>
+    <hyperlink ref="G167" r:id="rId144" location="" display="https://tuataracreative.com/"/>
+    <hyperlink ref="G168" r:id="rId145" location="" display="https://majeures.org/annuaire/estelle-porto/"/>
+    <hyperlink ref="G170" r:id="rId146" location="" display="https://www.hiddensparkbooking.com"/>
+    <hyperlink ref="G171" r:id="rId147" location="" display="https://www.jeanrobertbisaillon.ca/"/>
+    <hyperlink ref="G172" r:id="rId148" location="" display="https://festivaldesimaginaireslibres.fr"/>
+    <hyperlink ref="G173" r:id="rId149" location="" display="https://insolentrecords.fr/"/>
+    <hyperlink ref="G174" r:id="rId150" location="" display="https://instagram.com/jesuisincendie"/>
+    <hyperlink ref="G175" r:id="rId151" location="" display="https://www.bistanclaque.fr/studio-lieu"/>
+    <hyperlink ref="G177" r:id="rId152" location="" display="https://www.instagram.com/cocoglamrecords/"/>
+    <hyperlink ref="G178" r:id="rId153" location="" display="https://linktr.ee/Mad.J"/>
+    <hyperlink ref="G179" r:id="rId154" location="" display="https://compagniedelaroche.fr/melodem"/>
+    <hyperlink ref="G181" r:id="rId155" location="" display="https://www.nicolastarik.fr"/>
+    <hyperlink ref="G182" r:id="rId156" location="" display="https://www.instagram.com/superpowerless.prod/?hl=fr"/>
+    <hyperlink ref="G184" r:id="rId157" location="" display="https://nebuleuse-sonore.odoo.com/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>